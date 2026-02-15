--- v0 (2025-10-23)
+++ v1 (2026-02-15)
@@ -1,7849 +1,4713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w:rsidR="00E6728A" w:rsidRPr="006E5045" w:rsidRDefault="00E6728A" w:rsidP="003E19D8">
+    <w:p w:rsidR="00F84056" w:rsidRDefault="00E6728A" w:rsidP="006310EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1455"/>
+          <w:tab w:val="center" w:pos="4748"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212453346"/>
+      <w:r w:rsidRPr="006E5045">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отчет о проделанной работе МБУ ДК «Восток»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D621C" w:rsidRDefault="00193F3A" w:rsidP="006310EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E5045">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Отчет о проделанной работе МБУ ДК «Восток»</w:t>
+        <w:t>за период с</w:t>
+      </w:r>
+      <w:r w:rsidR="009E29EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00120805">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.01. по </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00120805">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.01.</w:t>
+      </w:r>
+      <w:r w:rsidR="008571DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00120805">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6728A" w:rsidRPr="006E5045">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D621C" w:rsidRDefault="00AD696A" w:rsidP="009D621C">
+    <w:p w:rsidR="005B159C" w:rsidRDefault="005B159C" w:rsidP="006310EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B159C" w:rsidRDefault="005B159C" w:rsidP="006310EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF6D1D" w:rsidRPr="00EF6D1D" w:rsidRDefault="00EF6D1D" w:rsidP="00AA7F51">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00944240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.01.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Доме культуры состоялось просветительское мероприятие для молодёжи, посвященное Дню снятия блокады Ленинграда. Студенты колледжа и учащиеся старших классов школ города посмотрели документальный фильм о стойкости и мужестве людей, переживших блокаду. После просмотра состоялась дискуссия, где молодые участники смогли поделиться своими впечатлениями и размышлениями о значении этих событий для современности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C17C1F" w:rsidRPr="009D621C" w:rsidRDefault="00C17C1F" w:rsidP="009D621C">
+    <w:p w:rsidR="00EF6D1D" w:rsidRPr="00EF6D1D" w:rsidRDefault="001540B0" w:rsidP="00EF6D1D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE731D">
-[...211 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23655920" wp14:editId="1E9CDAA7">
-            <wp:extent cx="3009900" cy="2536342"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77BE112E" wp14:editId="47F1E5EC">
+            <wp:extent cx="2314575" cy="2633133"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="21" name="Рисунок 21"/>
+            <wp:docPr id="10" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-[...2 lines deleted...]
-                    <a:stretch/>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3013681" cy="2539528"/>
+                      <a:ext cx="2318367" cy="2637447"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln>
-[...6 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00EF6D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6D1D">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6D1D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC232F">
-[...103 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...339 lines deleted...]
-            <wp:docPr id="67" name="Рисунок 67"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06E07D80" wp14:editId="5C537BF5">
+            <wp:extent cx="2400299" cy="2632710"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="11" name="Рисунок 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
+                  <pic:blipFill>
                     <a:blip r:embed="rId9"/>
-                    <a:srcRect l="23430" t="31171" r="46791" b="25833"/>
-                    <a:stretch/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3127989" cy="2540499"/>
+                      <a:ext cx="2402129" cy="2634718"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln>
-[...6 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00AA7F51">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0051109E" w:rsidRDefault="0051109E" w:rsidP="0051109E">
+    <w:p w:rsidR="0045313D" w:rsidRDefault="0045313D" w:rsidP="001540B0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0051109E" w:rsidRDefault="0051109E" w:rsidP="00B01383">
+    <w:p w:rsidR="001540B0" w:rsidRPr="001540B0" w:rsidRDefault="001540B0" w:rsidP="001540B0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30.01.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Доме культуры прошел танцевальный вечер для людей 50+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Зимы волшебные мелодии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>! Атмосфера была наполнена радостью, смехом и, конечно же, музыкой!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участники наслаждались не только танцами, но и общением друг с другом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4D6B" w:rsidRPr="001540B0" w:rsidRDefault="001540B0" w:rsidP="001540B0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...105 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001540B0">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...326 lines deleted...]
-            <wp:docPr id="69" name="Рисунок 69"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5061D47C" wp14:editId="4C70B691">
+            <wp:extent cx="2738772" cy="2244725"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="3175"/>
+            <wp:docPr id="13" name="Рисунок 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-[...2 lines deleted...]
-                    <a:stretch/>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
-                    <a:xfrm>
+                  <pic:spPr>
+                    <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4376215" cy="3599789"/>
+                      <a:ext cx="2774102" cy="2273682"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:ln>
-[...6 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...331 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001540B0">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61AF9B37" wp14:editId="28E265ED">
-[...2 lines deleted...]
-            <wp:docPr id="70" name="Рисунок 70" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-24.jpeg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F36536E" wp14:editId="111B2214">
+            <wp:extent cx="3002913" cy="2252345"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="14" name="Рисунок 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-24.jpeg"/>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3030915" cy="2273348"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00362891" w:rsidRPr="00120805" w:rsidRDefault="009B45D2" w:rsidP="00EF6D1D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00942E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00120805">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00362891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7308">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00942E41">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00120805" w:rsidRPr="00120805">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045313D" w:rsidRDefault="00916B07" w:rsidP="00944240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00611EE9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00944240" w:rsidRPr="00944240">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045313D" w:rsidRDefault="0045313D" w:rsidP="00944240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00944240" w:rsidRPr="00C50E59" w:rsidRDefault="0045313D" w:rsidP="00944240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00944240" w:rsidRPr="00944240">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00944240" w:rsidRPr="00C50E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Дом культуры им. В. Сибирцева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00750F87" w:rsidRPr="0045313D" w:rsidRDefault="00611EE9" w:rsidP="0045313D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26.01</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313D" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Доме культуры имени В.Сибирцева прошел час памяти «Оборона Ленинграда – священный подвиг единства</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Исторические и документальные кадры кинохроники позвол</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> увидеть   трагически</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дни</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ленинград</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а во время блокады</w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D09C8" w:rsidRPr="002D09C8" w:rsidRDefault="00750F87" w:rsidP="001C52DB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31E97D99">
+            <wp:extent cx="3887781" cy="2515235"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="15" name="Рисунок 15"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2277020" cy="3036027"/>
+                      <a:ext cx="3902228" cy="2524582"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="007D6FD2">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="00837E81" w:rsidRDefault="002D09C8" w:rsidP="006D7308">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0045313D" w:rsidRDefault="00750F87" w:rsidP="0045313D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="71" name="Рисунок 71" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-28.jpeg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F75A493">
+            <wp:extent cx="3115310" cy="2334895"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="8255"/>
+            <wp:docPr id="16" name="Рисунок 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-28.jpeg"/>
+                    <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2275711" cy="3034282"/>
+                      <a:ext cx="3115310" cy="2334895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="007D6FD2">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="72" name="Рисунок 72" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-8.jpeg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="600FF83A">
+            <wp:extent cx="1779905" cy="2341245"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="17" name="Рисунок 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Владелец\Desktop\Фотоотчеты\Масленица 2022\image-09-03-22-11-31-8.jpeg"/>
+                    <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3183984" cy="2387988"/>
+                      <a:ext cx="1779905" cy="2341245"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D6FD2" w:rsidRDefault="007D6FD2" w:rsidP="007D6FD2">
+    <w:p w:rsidR="0045313D" w:rsidRDefault="00750F87" w:rsidP="0045313D">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00537E01" w:rsidRPr="00537E01" w:rsidRDefault="00537E01" w:rsidP="007D6FD2">
+    <w:p w:rsidR="00BE5A9E" w:rsidRPr="005905D1" w:rsidRDefault="00750F87" w:rsidP="0045313D">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27.01</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313D" w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Доме культуры имени В.Сибирцева для жителей микрорайона прошло </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ероприятие, посвященное Дню снятия блокады Ленинграда. Участники мероприятия посмотрели документальный фильм и приняли участие в Акции «Свеча памяти»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE5A9E" w:rsidRDefault="00BE5A9E" w:rsidP="00BE5A9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...87 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="005905D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C52DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="001C52DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-    </w:p>
-[...112 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="001C52DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="88" name="Рисунок 88" descr="вф"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CC0DDB4">
+            <wp:extent cx="3704198" cy="2780030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="18" name="Рисунок 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="вф"/>
+                    <pic:cNvPr id="0" name="Picture 11"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1920240" cy="2194560"/>
+                      <a:ext cx="3710497" cy="2784758"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="001C52DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">       </w:t>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE5A9E" w:rsidRDefault="00750F87" w:rsidP="00750F87">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="87" name="Рисунок 87" descr="чя"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EC29CD6">
+            <wp:extent cx="2188845" cy="2456815"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="635"/>
+            <wp:docPr id="20" name="Рисунок 20"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9" descr="чя"/>
+                    <pic:cNvPr id="0" name="Picture 13"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2194560" cy="2194560"/>
+                      <a:ext cx="2188845" cy="2456815"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...122 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1828800" cy="2560320"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E8E268B">
+            <wp:extent cx="1835150" cy="2444750"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="86" name="Рисунок 86" descr="дм"/>
+            <wp:docPr id="21" name="Рисунок 21"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="дм"/>
+                    <pic:cNvPr id="0" name="Picture 14"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1828800" cy="2560320"/>
+                      <a:ext cx="1835150" cy="2444750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002C184F">
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="00750F87" w:rsidRPr="0045313D" w:rsidRDefault="00750F87" w:rsidP="0045313D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00750F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      28.01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в Доме культуры имени В.Сибирцева для детей микроайона прошел мастер – класс «Народные узоры России». Ребята познакомились с бог</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тейшим культурным наследием России и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>украсили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045313D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свои работы росписью Гжель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00750F87" w:rsidRDefault="00750F87" w:rsidP="00862BB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1828800" cy="2560320"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41FC6D29">
+            <wp:extent cx="2707005" cy="2578735"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="85" name="Рисунок 85" descr="кк"/>
+            <wp:docPr id="22" name="Рисунок 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 11" descr="кк"/>
+                    <pic:cNvPr id="0" name="Picture 15"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1828800" cy="2560320"/>
+                      <a:ext cx="2707005" cy="2578735"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...145 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="84" name="Рисунок 84" descr="ыыыы"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45D1C7E1">
+            <wp:extent cx="1950720" cy="2597150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="23" name="Рисунок 23"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 12" descr="ыыыы"/>
+                    <pic:cNvPr id="0" name="Picture 16"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2377440" cy="1828800"/>
+                      <a:ext cx="1950720" cy="2597150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009D6C98">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="00750F87" w:rsidRDefault="00750F87" w:rsidP="00862BB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00862BB1" w:rsidRDefault="005C6374" w:rsidP="00862BB1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Л</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63123" w:rsidRPr="00C50E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0029249A" w:rsidRPr="00C50E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>зовский клуб</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2293" w:rsidRPr="00862BB1" w:rsidRDefault="00925941" w:rsidP="00862BB1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27.01.</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудниками Лазо</w:t>
+      </w:r>
+      <w:r w:rsidR="001540B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вс</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кого клуба совместно с библиотекой села Лазо провели урок мужества «Блокада в лицах» для учащихся начальных классов МБОУ «СОШ №5». Участники мероприятия познакомились с хронологией блокады, понятием «Дорога жизни», знач</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нием прорыва и снятие блокады. В рамках мероприятия проведена акция «Блокадная ласточка». Символ добрых вестей от родных</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> давал сил жить и бороться.</w:t>
+      </w:r>
+      <w:r w:rsidR="00552C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005905D1" w:rsidRPr="005905D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0C14">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00A02696">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00151E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002D68B5" w:rsidRPr="00125E80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00125E80" w:rsidRPr="00125E80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C070D" w:rsidRPr="00EE2293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A4269C" w:rsidRPr="00EE2293" w:rsidRDefault="007532E8" w:rsidP="00EE2293">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2560320" cy="1828800"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F3E35F4">
+            <wp:extent cx="2743200" cy="2060575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="83" name="Рисунок 83" descr="яя"/>
+            <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 13" descr="яя"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2560320" cy="1828800"/>
+                      <a:ext cx="2743200" cy="2060575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="82" name="Рисунок 82" descr="о"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70F6DBD7">
+            <wp:extent cx="2952750" cy="2054225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 14" descr="о"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2194560" cy="1920240"/>
+                      <a:ext cx="2952750" cy="2054225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="001C52DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="005905D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="008C070D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="0030792F" w:rsidRPr="00125E80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0030792F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00744AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C314F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="000A576A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E81982">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63E6E" w:rsidRPr="00E63E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E81982">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314F0" w:rsidRPr="00E63E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83F1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF206E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005040E3" w:rsidRDefault="005040E3" w:rsidP="005040E3">
+    <w:p w:rsidR="0029249A" w:rsidRPr="007532E8" w:rsidRDefault="00A02696" w:rsidP="00744AE8">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27.01</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Лазовском клубе на базе клубного формирования «Вдохновение» проведена познавательная программа 50+  «Общее наследие:  искусство, музыка и  литература народов». Основная цель мероприятия заключается в сохранении культурного наследия многонациальной Росси</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и и</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>продвижени</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1" w:rsidRPr="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> традиционных ценностей. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2293" w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4269C" w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4269C" w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C52DB" w:rsidRDefault="001C52DB" w:rsidP="00744AE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005040E3" w:rsidRDefault="005040E3" w:rsidP="009D6C98">
+    <w:p w:rsidR="007532E8" w:rsidRDefault="00D116B1" w:rsidP="00744AE8">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B2DE9">
-[...148 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00862BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="81" name="Рисунок 81" descr="мас2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3626723E">
+            <wp:extent cx="3200400" cy="2865120"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 15" descr="мас2"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2744145" cy="1931065"/>
+                      <a:ext cx="3200400" cy="2865120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D116B1" w:rsidRDefault="00925941" w:rsidP="00744AE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="005040E3">
-        <w:rPr>
+      <w:r w:rsidR="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0029249A" w:rsidRPr="005905D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A02696" w:rsidRPr="007532E8" w:rsidRDefault="00A02696" w:rsidP="00744AE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A02696" w:rsidRDefault="00D116B1" w:rsidP="00862BB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3690"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00837E81" w:rsidRPr="007532E8" w:rsidRDefault="005905D1" w:rsidP="00744AE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02696" w:rsidRPr="005905D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00D116B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="007532E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C52DB" w:rsidRDefault="001C52DB" w:rsidP="00D116B1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7BD6" w:rsidRPr="00C50E59" w:rsidRDefault="00744AE8" w:rsidP="00D116B1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Клуб «Космос» с. Грушевое</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7BD6" w:rsidRPr="00925941" w:rsidRDefault="001E7BD6" w:rsidP="001E7BD6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005040E3" w:rsidRPr="00D83373">
-        <w:rPr>
+      <w:r w:rsidR="00837E81" w:rsidRPr="00925941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6A54" w:rsidRPr="00925941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925941">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7BD6" w:rsidRPr="00AA7F51" w:rsidRDefault="005B1299" w:rsidP="00EE2293">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>27.01</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в клубе «Космос»</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7F51" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> для жителей села состоялся час мужества «Кроме желания выжить, есть ещё мужество жить», посвящённый одной из самых трагических страниц истории нашей страны- блокаде Ленинграда. Патриотический час был направлен на то, чтобы не только вспомнить о тех страшных днях, но и еще раз напомнить о них молодому поколению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2293" w:rsidRPr="00AA7F51" w:rsidRDefault="005905D1" w:rsidP="00EE2293">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00925941" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00837E81" w:rsidRPr="00EE2293" w:rsidRDefault="00AA7F51" w:rsidP="00EE2293">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="80" name="Рисунок 80" descr="выф"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46B2E32F">
+            <wp:extent cx="2743200" cy="2060575"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 16" descr="выф"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2743200" cy="2060575"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31D8B2D4">
+            <wp:extent cx="2818765" cy="2114550"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2300231" cy="1900190"/>
+                      <a:ext cx="2818765" cy="2114550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005040E3">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00AA7F51" w:rsidRDefault="00AA7F51" w:rsidP="00925941">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A55357" w:rsidRPr="00AA7F51" w:rsidRDefault="00AA7F51" w:rsidP="00925941">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4734"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27.01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в клубе «Космос» прошла Акция памяти «Блокадный хлеб», цель которой - напоминание о мужестве и стойкости мирных жителей Ленинграда в годы Великой Отечественной войны. Ведущие мероприятия подготовили информацию о пережитых трудностях в тяжелые дни блокады. Каждому участнику акции была вручена «хлебная карточка» и кусочек хлеба весом 125 граммов.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2293" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0454" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0454" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="006965E8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C712B5" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004448C9" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005040E3" w:rsidRPr="00D83373">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00B84C37" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72C27" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C712B5" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45060" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45060" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45060" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65FF" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00192DE8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45060" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F77DCE" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3497" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65FF" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65FF" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65FF" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65FF" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3497" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3497" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="006965E8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006965E8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F45060" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D703CA" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B68" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7179" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F77DCE" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7179" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00746450" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7179" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84C37" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB729A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84C37" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C712B5" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3C59" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007921E2" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3C59" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="007921E2" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB729A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B0A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="000F43E1" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB729A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84C37" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB729A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84C37" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3AD2" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3C59" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB729A" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00C314F0" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1961" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00744AE8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1961" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7179" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55357" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7179" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00192DE8" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00192DE8" w:rsidRDefault="00CA1430" w:rsidP="00CC4D6B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7F51" w:rsidRDefault="00AA7F51" w:rsidP="00AA7F51">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="79" name="Рисунок 79" descr="вы"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E0FFF01">
+            <wp:extent cx="2818765" cy="2257425"/>
+            <wp:effectExtent l="0" t="0" r="635" b="9525"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 17" descr="вы"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2468880" cy="1920240"/>
+                      <a:ext cx="2818765" cy="2257425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="78" name="Рисунок 78" descr="х"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="504D2ACE">
+            <wp:extent cx="2818765" cy="2266950"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 18" descr="х"/>
+                    <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2468880" cy="1920240"/>
+                      <a:ext cx="2818765" cy="2266950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005040E3">
-[...11 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA7F51" w:rsidRDefault="00AA7F51" w:rsidP="00AA7F51">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A55357" w:rsidRPr="00AA7F51" w:rsidRDefault="00AA7F51" w:rsidP="00AA7F51">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28.01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в клубе «Космос» состоялся исторический час памяти "Холокост. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Трагедия народа". В ходе мероприятия ведущая познакомила участников с основными понятиями, связанными с трагедией Холокоста. Рассказала о многочисленных жертвах фашизма, о жестоком истреблении еврейского народа, который массово уничтожали в лагерях смерти. Был показан исторический документальный фильм. Участники мероприятия с замиранием сердца следили за каждым кадром на </w:t>
+      </w:r>
+      <w:r w:rsidR="001540B0" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экране и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после просмотра единогласно сказали, что такое не должно никогда повториться.</w:t>
+      </w:r>
+      <w:r w:rsidR="005905D1" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4D6B" w:rsidRPr="00AA7F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00192DE8" w:rsidRPr="00AA7F51" w:rsidRDefault="00192DE8" w:rsidP="00AA7F51">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A55357" w:rsidRDefault="00AA7F51" w:rsidP="00192DE8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="77" name="Рисунок 77" descr="яя"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27B71DF6">
+            <wp:extent cx="2818765" cy="2114550"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 19" descr="яя"/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2286000" cy="2377440"/>
+                      <a:ext cx="2818765" cy="2114550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="76" name="Рисунок 76" descr="ччы"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43C08165">
+            <wp:extent cx="2818765" cy="2114550"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="9" name="Рисунок 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 20" descr="ччы"/>
+                    <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2377440" cy="2377440"/>
+                      <a:ext cx="2818765" cy="2114550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005040E3">
-[...61 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005040E3" w:rsidRDefault="005040E3" w:rsidP="005040E3">
-[...308 lines deleted...]
-    <w:p w:rsidR="00924E70" w:rsidRDefault="0009261C" w:rsidP="00726FF9">
+    <w:p w:rsidR="00CC4D6B" w:rsidRDefault="00CC4D6B" w:rsidP="00CC4D6B">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...26 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...155 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005040E3" w:rsidRDefault="005040E3" w:rsidP="005040E3">
-[...2295 lines deleted...]
-    <w:p w:rsidR="00B570A7" w:rsidRDefault="00B570A7" w:rsidP="00726FF9">
+    <w:p w:rsidR="00C326D3" w:rsidRPr="00CC4D6B" w:rsidRDefault="00192DE8" w:rsidP="00CC4D6B">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="888"/>
+          <w:tab w:val="left" w:pos="1089"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="009E038F" w:rsidRPr="00CC4D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00170B43" w:rsidRPr="00CC4D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C326D3" w:rsidRPr="00CC4D6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C326D3" w:rsidRDefault="005905D1" w:rsidP="00CD68B5">
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4D6B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9502A" w:rsidRDefault="00CD68B5" w:rsidP="00CD68B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C326D3">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD68B5" w:rsidRDefault="00F9502A" w:rsidP="00036E41">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="324"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1320"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD68B5">
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD68B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CD68B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7784E" w:rsidRPr="00714931" w:rsidRDefault="00CD68B5" w:rsidP="00E7784E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE07AC" w:rsidRPr="001615BF" w:rsidRDefault="003A0EA9" w:rsidP="001615BF">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="516"/>
+          <w:tab w:val="left" w:pos="968"/>
+          <w:tab w:val="center" w:pos="4677"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7784E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00714931">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7784E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00297E09" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD58DC" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B429A3" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00297E09" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD58DC" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00297E09" w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B429A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E0134" w:rsidRDefault="005E0134" w:rsidP="00DE07AC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5935" w:rsidRDefault="000A5935" w:rsidP="005E0134">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Montserrat" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="273350"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6FD2" w:rsidRDefault="0064283E" w:rsidP="00873E5D">
+    <w:p w:rsidR="00553D81" w:rsidRDefault="005E0134" w:rsidP="000A5935">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D6FD2" w:rsidRDefault="007D6FD2">
+    <w:p w:rsidR="005E0134" w:rsidRPr="005E0134" w:rsidRDefault="005E0134" w:rsidP="000A5935">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:tgtFrame="https://yandex.ru/search/_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:br/>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00873E5D" w:rsidRPr="00873E5D" w:rsidRDefault="00873E5D" w:rsidP="00873E5D">
+    <w:p w:rsidR="00DE07AC" w:rsidRPr="00DE07AC" w:rsidRDefault="005E0134" w:rsidP="00DE07AC">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...23 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EE69F2">
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>01.03.</w:t>
-[...56 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="009E5DE9" w:rsidRDefault="009E5DE9" w:rsidP="0031305A">
-[...1102 lines deleted...]
-      <w:pgMar w:top="1134" w:right="849" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="00DE07AC" w:rsidRPr="00DE07AC" w:rsidSect="00B63123">
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1248" w:header="709" w:footer="709" w:gutter="170"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E64F3B" w:rsidRDefault="00E64F3B" w:rsidP="00596313">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E64F3B" w:rsidRDefault="00E64F3B" w:rsidP="00596313">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Montserrat">
+    <w:altName w:val="Segoe Print"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E64F3B" w:rsidRDefault="00E64F3B" w:rsidP="00596313">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E64F3B" w:rsidRDefault="00E64F3B" w:rsidP="00596313">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w:rsidR="00D234BB" w:rsidRDefault="00D234BB">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="0030792F" w:rsidRDefault="0030792F">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC17DA6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D7CFB04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="675" w:hanging="675"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="675" w:hanging="675"/>
       </w:pPr>
       <w:rPr>
@@ -7913,513 +4777,2171 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A8B2F4B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D88EFA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A528E2"/>
+    <w:rsid w:val="000002EA"/>
+    <w:rsid w:val="0000066E"/>
     <w:rsid w:val="00002689"/>
+    <w:rsid w:val="00004FB1"/>
+    <w:rsid w:val="00005BAD"/>
+    <w:rsid w:val="0000668C"/>
+    <w:rsid w:val="00012A3E"/>
+    <w:rsid w:val="00013087"/>
+    <w:rsid w:val="000176AA"/>
     <w:rsid w:val="00020992"/>
+    <w:rsid w:val="00021160"/>
+    <w:rsid w:val="00021827"/>
+    <w:rsid w:val="0002199A"/>
+    <w:rsid w:val="00023705"/>
+    <w:rsid w:val="00025BCF"/>
+    <w:rsid w:val="00032942"/>
+    <w:rsid w:val="000350DF"/>
     <w:rsid w:val="00036275"/>
+    <w:rsid w:val="00036E41"/>
+    <w:rsid w:val="00037A6D"/>
     <w:rsid w:val="00040B80"/>
+    <w:rsid w:val="00040F66"/>
+    <w:rsid w:val="0004270A"/>
+    <w:rsid w:val="00042E2A"/>
     <w:rsid w:val="000437CF"/>
     <w:rsid w:val="00043810"/>
+    <w:rsid w:val="00044BB7"/>
+    <w:rsid w:val="00045D74"/>
     <w:rsid w:val="00045D9D"/>
     <w:rsid w:val="00045F3F"/>
+    <w:rsid w:val="00046882"/>
+    <w:rsid w:val="00047600"/>
     <w:rsid w:val="00051324"/>
+    <w:rsid w:val="000518DC"/>
     <w:rsid w:val="00052156"/>
+    <w:rsid w:val="000535FB"/>
+    <w:rsid w:val="000603FF"/>
     <w:rsid w:val="000635EF"/>
+    <w:rsid w:val="00064D56"/>
+    <w:rsid w:val="00067079"/>
+    <w:rsid w:val="00070974"/>
     <w:rsid w:val="00071441"/>
+    <w:rsid w:val="000715D7"/>
+    <w:rsid w:val="00071E8A"/>
+    <w:rsid w:val="00072A6A"/>
+    <w:rsid w:val="00072D58"/>
+    <w:rsid w:val="000734F5"/>
+    <w:rsid w:val="00073F8F"/>
+    <w:rsid w:val="0007446B"/>
     <w:rsid w:val="00074790"/>
+    <w:rsid w:val="00075FE4"/>
+    <w:rsid w:val="0008049A"/>
+    <w:rsid w:val="000817CD"/>
     <w:rsid w:val="00082C20"/>
     <w:rsid w:val="000853F8"/>
+    <w:rsid w:val="0008544D"/>
+    <w:rsid w:val="00086025"/>
+    <w:rsid w:val="0008653E"/>
+    <w:rsid w:val="000874E8"/>
+    <w:rsid w:val="00090806"/>
+    <w:rsid w:val="00090C1B"/>
     <w:rsid w:val="00091FCE"/>
     <w:rsid w:val="0009261C"/>
+    <w:rsid w:val="00093239"/>
+    <w:rsid w:val="000934FA"/>
     <w:rsid w:val="000942E0"/>
     <w:rsid w:val="000A054E"/>
     <w:rsid w:val="000A09DA"/>
+    <w:rsid w:val="000A2E67"/>
+    <w:rsid w:val="000A3578"/>
+    <w:rsid w:val="000A37AD"/>
+    <w:rsid w:val="000A576A"/>
+    <w:rsid w:val="000A5935"/>
     <w:rsid w:val="000A5FB9"/>
+    <w:rsid w:val="000A7AD9"/>
     <w:rsid w:val="000A7D18"/>
     <w:rsid w:val="000A7DCE"/>
+    <w:rsid w:val="000B14E5"/>
+    <w:rsid w:val="000B1E86"/>
+    <w:rsid w:val="000B3E91"/>
+    <w:rsid w:val="000B452F"/>
+    <w:rsid w:val="000B5F12"/>
+    <w:rsid w:val="000B5F8C"/>
+    <w:rsid w:val="000B7C7E"/>
     <w:rsid w:val="000B7F23"/>
+    <w:rsid w:val="000C3997"/>
+    <w:rsid w:val="000C3B02"/>
+    <w:rsid w:val="000C3D5E"/>
+    <w:rsid w:val="000C5BB5"/>
     <w:rsid w:val="000D0BCA"/>
+    <w:rsid w:val="000D10B2"/>
+    <w:rsid w:val="000D2FC9"/>
+    <w:rsid w:val="000D3C59"/>
+    <w:rsid w:val="000D432F"/>
     <w:rsid w:val="000D49E1"/>
     <w:rsid w:val="000E2DF4"/>
+    <w:rsid w:val="000E3D57"/>
+    <w:rsid w:val="000E46DF"/>
     <w:rsid w:val="000E4887"/>
+    <w:rsid w:val="000E6B99"/>
+    <w:rsid w:val="000E7366"/>
+    <w:rsid w:val="000F0997"/>
+    <w:rsid w:val="000F266A"/>
     <w:rsid w:val="000F43A7"/>
+    <w:rsid w:val="000F43E1"/>
+    <w:rsid w:val="000F478E"/>
+    <w:rsid w:val="000F49C0"/>
+    <w:rsid w:val="000F514C"/>
+    <w:rsid w:val="000F5E36"/>
+    <w:rsid w:val="000F5FB7"/>
+    <w:rsid w:val="000F65FF"/>
+    <w:rsid w:val="000F79C7"/>
+    <w:rsid w:val="001001D1"/>
+    <w:rsid w:val="0010215C"/>
+    <w:rsid w:val="00104346"/>
+    <w:rsid w:val="0010498A"/>
+    <w:rsid w:val="00107F58"/>
+    <w:rsid w:val="00110C0B"/>
+    <w:rsid w:val="0011162F"/>
+    <w:rsid w:val="00111808"/>
+    <w:rsid w:val="00114432"/>
+    <w:rsid w:val="00117B0D"/>
+    <w:rsid w:val="00120805"/>
     <w:rsid w:val="001216E4"/>
+    <w:rsid w:val="00121829"/>
     <w:rsid w:val="001234DF"/>
+    <w:rsid w:val="00125372"/>
     <w:rsid w:val="00125CC1"/>
+    <w:rsid w:val="00125E80"/>
+    <w:rsid w:val="001268E4"/>
+    <w:rsid w:val="00130D12"/>
+    <w:rsid w:val="001319F0"/>
     <w:rsid w:val="001343C2"/>
+    <w:rsid w:val="00137D8A"/>
     <w:rsid w:val="00137E7C"/>
     <w:rsid w:val="00141CB0"/>
     <w:rsid w:val="001426B4"/>
+    <w:rsid w:val="0014496E"/>
+    <w:rsid w:val="00145A91"/>
+    <w:rsid w:val="001472A8"/>
+    <w:rsid w:val="00147C89"/>
     <w:rsid w:val="001502E7"/>
+    <w:rsid w:val="00151E1E"/>
+    <w:rsid w:val="001523E0"/>
+    <w:rsid w:val="00152BEE"/>
+    <w:rsid w:val="001540B0"/>
     <w:rsid w:val="001545D3"/>
+    <w:rsid w:val="001549CE"/>
+    <w:rsid w:val="001552D3"/>
+    <w:rsid w:val="00157BFF"/>
+    <w:rsid w:val="00160442"/>
+    <w:rsid w:val="001615BF"/>
+    <w:rsid w:val="001618A4"/>
     <w:rsid w:val="001620C3"/>
     <w:rsid w:val="0016452E"/>
+    <w:rsid w:val="00164C43"/>
     <w:rsid w:val="00165F16"/>
+    <w:rsid w:val="001672D7"/>
+    <w:rsid w:val="00167590"/>
+    <w:rsid w:val="00170B43"/>
     <w:rsid w:val="001714EA"/>
     <w:rsid w:val="001720DE"/>
+    <w:rsid w:val="0017514E"/>
+    <w:rsid w:val="00176B35"/>
+    <w:rsid w:val="001779E3"/>
+    <w:rsid w:val="0018008F"/>
+    <w:rsid w:val="001811A9"/>
+    <w:rsid w:val="0018156B"/>
+    <w:rsid w:val="00182EC3"/>
+    <w:rsid w:val="001847C8"/>
     <w:rsid w:val="00187A92"/>
+    <w:rsid w:val="0019213D"/>
+    <w:rsid w:val="00192DE8"/>
+    <w:rsid w:val="00193F3A"/>
+    <w:rsid w:val="00194D57"/>
+    <w:rsid w:val="00194F7F"/>
+    <w:rsid w:val="00196D51"/>
+    <w:rsid w:val="001A2185"/>
     <w:rsid w:val="001A319F"/>
     <w:rsid w:val="001A31C7"/>
+    <w:rsid w:val="001A551D"/>
     <w:rsid w:val="001A565C"/>
+    <w:rsid w:val="001A7162"/>
+    <w:rsid w:val="001A7805"/>
+    <w:rsid w:val="001A7CD5"/>
+    <w:rsid w:val="001B0B2E"/>
+    <w:rsid w:val="001B0BB2"/>
+    <w:rsid w:val="001B1922"/>
     <w:rsid w:val="001B1E55"/>
+    <w:rsid w:val="001B23C6"/>
+    <w:rsid w:val="001B3753"/>
+    <w:rsid w:val="001B5699"/>
     <w:rsid w:val="001B72E6"/>
+    <w:rsid w:val="001B75EF"/>
+    <w:rsid w:val="001C05AD"/>
+    <w:rsid w:val="001C15CC"/>
+    <w:rsid w:val="001C1902"/>
+    <w:rsid w:val="001C287D"/>
     <w:rsid w:val="001C44B5"/>
+    <w:rsid w:val="001C52DB"/>
+    <w:rsid w:val="001D0E47"/>
+    <w:rsid w:val="001D13B2"/>
+    <w:rsid w:val="001D2B79"/>
+    <w:rsid w:val="001D314A"/>
+    <w:rsid w:val="001D3497"/>
+    <w:rsid w:val="001D476A"/>
+    <w:rsid w:val="001D4CAA"/>
+    <w:rsid w:val="001D6920"/>
+    <w:rsid w:val="001D7B25"/>
+    <w:rsid w:val="001E0760"/>
+    <w:rsid w:val="001E0A79"/>
+    <w:rsid w:val="001E4193"/>
     <w:rsid w:val="001E5055"/>
+    <w:rsid w:val="001E7BD6"/>
+    <w:rsid w:val="001F4D32"/>
+    <w:rsid w:val="001F62F0"/>
+    <w:rsid w:val="001F7739"/>
+    <w:rsid w:val="00200E54"/>
+    <w:rsid w:val="00200EC8"/>
     <w:rsid w:val="002014EF"/>
+    <w:rsid w:val="00202313"/>
+    <w:rsid w:val="00203DC8"/>
+    <w:rsid w:val="00205B21"/>
+    <w:rsid w:val="00205E38"/>
+    <w:rsid w:val="002073AD"/>
+    <w:rsid w:val="00211A60"/>
+    <w:rsid w:val="00211FC7"/>
     <w:rsid w:val="00213324"/>
+    <w:rsid w:val="0021429E"/>
     <w:rsid w:val="002145CB"/>
+    <w:rsid w:val="00216CD3"/>
     <w:rsid w:val="00220665"/>
+    <w:rsid w:val="00221136"/>
     <w:rsid w:val="00221A5E"/>
+    <w:rsid w:val="00221DF2"/>
+    <w:rsid w:val="002240B1"/>
+    <w:rsid w:val="002243B6"/>
+    <w:rsid w:val="0022502A"/>
+    <w:rsid w:val="0023011F"/>
+    <w:rsid w:val="00235FED"/>
+    <w:rsid w:val="0023620C"/>
     <w:rsid w:val="00236810"/>
+    <w:rsid w:val="002407C7"/>
+    <w:rsid w:val="00241FB8"/>
+    <w:rsid w:val="00242261"/>
+    <w:rsid w:val="00242F28"/>
+    <w:rsid w:val="00244F1C"/>
+    <w:rsid w:val="00245695"/>
+    <w:rsid w:val="002512D3"/>
+    <w:rsid w:val="00251F7A"/>
     <w:rsid w:val="0025283F"/>
     <w:rsid w:val="002540D8"/>
     <w:rsid w:val="00254537"/>
+    <w:rsid w:val="00255DFD"/>
     <w:rsid w:val="0025787D"/>
+    <w:rsid w:val="00257A42"/>
     <w:rsid w:val="00257BF5"/>
+    <w:rsid w:val="0026025A"/>
+    <w:rsid w:val="00260DED"/>
+    <w:rsid w:val="00261305"/>
+    <w:rsid w:val="0026444F"/>
     <w:rsid w:val="00265691"/>
+    <w:rsid w:val="00265DD5"/>
+    <w:rsid w:val="00265EF0"/>
+    <w:rsid w:val="00266E47"/>
+    <w:rsid w:val="002677BF"/>
+    <w:rsid w:val="00273B87"/>
+    <w:rsid w:val="002759B6"/>
     <w:rsid w:val="00276D32"/>
     <w:rsid w:val="00277504"/>
+    <w:rsid w:val="00283105"/>
+    <w:rsid w:val="002840D3"/>
     <w:rsid w:val="0028473B"/>
+    <w:rsid w:val="002862C4"/>
+    <w:rsid w:val="002913C6"/>
+    <w:rsid w:val="002919BE"/>
+    <w:rsid w:val="0029249A"/>
+    <w:rsid w:val="00296233"/>
+    <w:rsid w:val="00297753"/>
+    <w:rsid w:val="00297E09"/>
     <w:rsid w:val="002A0EAA"/>
     <w:rsid w:val="002A0F0E"/>
+    <w:rsid w:val="002A2C0D"/>
     <w:rsid w:val="002A33B4"/>
+    <w:rsid w:val="002A40D1"/>
+    <w:rsid w:val="002A4B09"/>
+    <w:rsid w:val="002A4F7E"/>
+    <w:rsid w:val="002A5ABD"/>
+    <w:rsid w:val="002A5E08"/>
+    <w:rsid w:val="002B037E"/>
+    <w:rsid w:val="002B0411"/>
+    <w:rsid w:val="002B0454"/>
+    <w:rsid w:val="002B293A"/>
     <w:rsid w:val="002B3E31"/>
+    <w:rsid w:val="002B4FA6"/>
+    <w:rsid w:val="002B73C1"/>
+    <w:rsid w:val="002B7646"/>
+    <w:rsid w:val="002C0569"/>
     <w:rsid w:val="002C184F"/>
+    <w:rsid w:val="002C3332"/>
+    <w:rsid w:val="002C4479"/>
+    <w:rsid w:val="002C59D3"/>
+    <w:rsid w:val="002C5DA8"/>
+    <w:rsid w:val="002C61D4"/>
+    <w:rsid w:val="002C6985"/>
+    <w:rsid w:val="002C7CD8"/>
+    <w:rsid w:val="002D09C8"/>
+    <w:rsid w:val="002D0DCC"/>
+    <w:rsid w:val="002D3080"/>
+    <w:rsid w:val="002D48F7"/>
+    <w:rsid w:val="002D5D23"/>
+    <w:rsid w:val="002D68B5"/>
+    <w:rsid w:val="002D6D79"/>
+    <w:rsid w:val="002E0F47"/>
+    <w:rsid w:val="002E2AB3"/>
+    <w:rsid w:val="002E3920"/>
+    <w:rsid w:val="002E4A77"/>
+    <w:rsid w:val="002E4C1C"/>
+    <w:rsid w:val="002E5798"/>
+    <w:rsid w:val="002E5D4A"/>
     <w:rsid w:val="002F4735"/>
+    <w:rsid w:val="002F5069"/>
+    <w:rsid w:val="002F6968"/>
+    <w:rsid w:val="002F6AB2"/>
+    <w:rsid w:val="00301E78"/>
+    <w:rsid w:val="00302CA0"/>
+    <w:rsid w:val="00305835"/>
+    <w:rsid w:val="00307126"/>
+    <w:rsid w:val="0030792F"/>
+    <w:rsid w:val="00310F3B"/>
+    <w:rsid w:val="00311AC2"/>
     <w:rsid w:val="0031305A"/>
+    <w:rsid w:val="0031316F"/>
+    <w:rsid w:val="003141B8"/>
+    <w:rsid w:val="00315893"/>
     <w:rsid w:val="00315A7E"/>
+    <w:rsid w:val="003170FC"/>
+    <w:rsid w:val="00323C34"/>
     <w:rsid w:val="00325846"/>
+    <w:rsid w:val="00325E08"/>
+    <w:rsid w:val="003266B7"/>
+    <w:rsid w:val="003279A0"/>
+    <w:rsid w:val="00327BAB"/>
+    <w:rsid w:val="00331193"/>
     <w:rsid w:val="00332237"/>
+    <w:rsid w:val="003338C6"/>
+    <w:rsid w:val="0033432D"/>
+    <w:rsid w:val="0033693D"/>
+    <w:rsid w:val="00337569"/>
+    <w:rsid w:val="003379F1"/>
+    <w:rsid w:val="00337C30"/>
+    <w:rsid w:val="00337E67"/>
+    <w:rsid w:val="00341D4E"/>
+    <w:rsid w:val="00343E3F"/>
+    <w:rsid w:val="003444AE"/>
+    <w:rsid w:val="00346692"/>
+    <w:rsid w:val="00347DD3"/>
+    <w:rsid w:val="00353040"/>
+    <w:rsid w:val="00353817"/>
+    <w:rsid w:val="00354FEC"/>
+    <w:rsid w:val="0035535B"/>
     <w:rsid w:val="003558CC"/>
+    <w:rsid w:val="00355B33"/>
+    <w:rsid w:val="00357384"/>
     <w:rsid w:val="00360800"/>
     <w:rsid w:val="00360A39"/>
     <w:rsid w:val="00360E96"/>
+    <w:rsid w:val="00362891"/>
+    <w:rsid w:val="00362B87"/>
+    <w:rsid w:val="00363134"/>
+    <w:rsid w:val="00363416"/>
+    <w:rsid w:val="003635CA"/>
+    <w:rsid w:val="0036414D"/>
+    <w:rsid w:val="0036468B"/>
     <w:rsid w:val="0036591E"/>
+    <w:rsid w:val="00365B64"/>
+    <w:rsid w:val="003663D6"/>
+    <w:rsid w:val="00366562"/>
     <w:rsid w:val="00366788"/>
+    <w:rsid w:val="003703DD"/>
     <w:rsid w:val="0037064A"/>
     <w:rsid w:val="00371555"/>
+    <w:rsid w:val="00371B55"/>
+    <w:rsid w:val="00371DCA"/>
+    <w:rsid w:val="00372B1C"/>
+    <w:rsid w:val="003745AB"/>
+    <w:rsid w:val="003761BF"/>
+    <w:rsid w:val="00377628"/>
+    <w:rsid w:val="003776CF"/>
     <w:rsid w:val="00377938"/>
+    <w:rsid w:val="0038016A"/>
+    <w:rsid w:val="003801F0"/>
+    <w:rsid w:val="00380469"/>
+    <w:rsid w:val="00380702"/>
+    <w:rsid w:val="00380E45"/>
+    <w:rsid w:val="00381AEC"/>
+    <w:rsid w:val="00381E6A"/>
+    <w:rsid w:val="00383AB7"/>
     <w:rsid w:val="0038568F"/>
+    <w:rsid w:val="00386CD7"/>
+    <w:rsid w:val="00387891"/>
+    <w:rsid w:val="00390A55"/>
     <w:rsid w:val="00390B6B"/>
+    <w:rsid w:val="00391325"/>
     <w:rsid w:val="003933EE"/>
     <w:rsid w:val="003934B8"/>
+    <w:rsid w:val="003940EB"/>
+    <w:rsid w:val="003958EC"/>
+    <w:rsid w:val="003A0EA9"/>
+    <w:rsid w:val="003A141E"/>
+    <w:rsid w:val="003A3C10"/>
+    <w:rsid w:val="003A6641"/>
+    <w:rsid w:val="003B0855"/>
+    <w:rsid w:val="003B1F27"/>
+    <w:rsid w:val="003B2AC2"/>
+    <w:rsid w:val="003B3468"/>
+    <w:rsid w:val="003B3995"/>
+    <w:rsid w:val="003B4B61"/>
+    <w:rsid w:val="003B50DD"/>
+    <w:rsid w:val="003B520E"/>
+    <w:rsid w:val="003B6E71"/>
     <w:rsid w:val="003B7B85"/>
+    <w:rsid w:val="003C0019"/>
+    <w:rsid w:val="003C2786"/>
+    <w:rsid w:val="003C2C6E"/>
     <w:rsid w:val="003C2CC7"/>
+    <w:rsid w:val="003C432F"/>
+    <w:rsid w:val="003C451E"/>
+    <w:rsid w:val="003C704A"/>
+    <w:rsid w:val="003C7C76"/>
     <w:rsid w:val="003D0ECB"/>
     <w:rsid w:val="003D1781"/>
+    <w:rsid w:val="003D18F8"/>
+    <w:rsid w:val="003D1BBF"/>
+    <w:rsid w:val="003D2E39"/>
+    <w:rsid w:val="003D3E71"/>
     <w:rsid w:val="003D441F"/>
     <w:rsid w:val="003D46C0"/>
+    <w:rsid w:val="003D5622"/>
+    <w:rsid w:val="003D5831"/>
     <w:rsid w:val="003D648B"/>
+    <w:rsid w:val="003D7542"/>
+    <w:rsid w:val="003D7E8A"/>
+    <w:rsid w:val="003D7F6A"/>
+    <w:rsid w:val="003E0E2E"/>
     <w:rsid w:val="003E0FFE"/>
     <w:rsid w:val="003E19D8"/>
+    <w:rsid w:val="003E31EC"/>
+    <w:rsid w:val="003E3B88"/>
+    <w:rsid w:val="003E5150"/>
+    <w:rsid w:val="003E56AE"/>
     <w:rsid w:val="003F3546"/>
+    <w:rsid w:val="003F54F6"/>
+    <w:rsid w:val="003F5AC2"/>
+    <w:rsid w:val="0040094E"/>
     <w:rsid w:val="00401ECB"/>
     <w:rsid w:val="0040210D"/>
+    <w:rsid w:val="0040290B"/>
+    <w:rsid w:val="00403660"/>
+    <w:rsid w:val="00403770"/>
+    <w:rsid w:val="00403F1A"/>
+    <w:rsid w:val="004046FB"/>
+    <w:rsid w:val="0040720F"/>
     <w:rsid w:val="004078DA"/>
     <w:rsid w:val="00407EFD"/>
+    <w:rsid w:val="00410816"/>
+    <w:rsid w:val="00410A54"/>
+    <w:rsid w:val="00412A4D"/>
+    <w:rsid w:val="0041311F"/>
+    <w:rsid w:val="00413BF5"/>
+    <w:rsid w:val="00414E51"/>
+    <w:rsid w:val="00416449"/>
+    <w:rsid w:val="00417759"/>
+    <w:rsid w:val="004213A8"/>
+    <w:rsid w:val="00422CB4"/>
+    <w:rsid w:val="0042494B"/>
+    <w:rsid w:val="00424EB2"/>
+    <w:rsid w:val="00425250"/>
+    <w:rsid w:val="004271A2"/>
+    <w:rsid w:val="004273ED"/>
+    <w:rsid w:val="004303CC"/>
     <w:rsid w:val="00430A7E"/>
+    <w:rsid w:val="00430DFC"/>
     <w:rsid w:val="0043242B"/>
+    <w:rsid w:val="00432B08"/>
     <w:rsid w:val="004336F3"/>
+    <w:rsid w:val="00434AF8"/>
+    <w:rsid w:val="00436832"/>
+    <w:rsid w:val="00436DCC"/>
+    <w:rsid w:val="004418F5"/>
+    <w:rsid w:val="00442FB7"/>
+    <w:rsid w:val="004448C9"/>
+    <w:rsid w:val="0045313D"/>
     <w:rsid w:val="004532C8"/>
+    <w:rsid w:val="00460D22"/>
+    <w:rsid w:val="00460FEA"/>
+    <w:rsid w:val="00461032"/>
+    <w:rsid w:val="00462526"/>
+    <w:rsid w:val="00463530"/>
+    <w:rsid w:val="0046583B"/>
+    <w:rsid w:val="00465B14"/>
+    <w:rsid w:val="00470D67"/>
+    <w:rsid w:val="004727AD"/>
     <w:rsid w:val="004733A8"/>
+    <w:rsid w:val="00473627"/>
     <w:rsid w:val="00473D72"/>
+    <w:rsid w:val="004743ED"/>
     <w:rsid w:val="00476816"/>
+    <w:rsid w:val="0047791D"/>
+    <w:rsid w:val="00477E21"/>
+    <w:rsid w:val="00481378"/>
     <w:rsid w:val="004821F6"/>
+    <w:rsid w:val="0048328A"/>
+    <w:rsid w:val="00483680"/>
+    <w:rsid w:val="00484B53"/>
+    <w:rsid w:val="00484F98"/>
+    <w:rsid w:val="004854FD"/>
+    <w:rsid w:val="00485830"/>
     <w:rsid w:val="004867C2"/>
+    <w:rsid w:val="004879A9"/>
+    <w:rsid w:val="004922BB"/>
+    <w:rsid w:val="00492E27"/>
+    <w:rsid w:val="00493282"/>
+    <w:rsid w:val="0049362B"/>
+    <w:rsid w:val="00494A25"/>
+    <w:rsid w:val="004950F9"/>
     <w:rsid w:val="00496369"/>
     <w:rsid w:val="004A0752"/>
+    <w:rsid w:val="004A2E07"/>
+    <w:rsid w:val="004A3836"/>
+    <w:rsid w:val="004A5174"/>
+    <w:rsid w:val="004A610F"/>
+    <w:rsid w:val="004A721C"/>
     <w:rsid w:val="004A72D1"/>
+    <w:rsid w:val="004B170F"/>
+    <w:rsid w:val="004B227C"/>
+    <w:rsid w:val="004B2CFD"/>
     <w:rsid w:val="004B2DE9"/>
     <w:rsid w:val="004B3541"/>
+    <w:rsid w:val="004B47AC"/>
+    <w:rsid w:val="004B48FE"/>
+    <w:rsid w:val="004B55A2"/>
+    <w:rsid w:val="004B5ED9"/>
+    <w:rsid w:val="004B6808"/>
+    <w:rsid w:val="004C3CD3"/>
+    <w:rsid w:val="004C4C22"/>
     <w:rsid w:val="004C791F"/>
+    <w:rsid w:val="004D03A9"/>
+    <w:rsid w:val="004D07A7"/>
+    <w:rsid w:val="004D0BBB"/>
     <w:rsid w:val="004D2DD4"/>
+    <w:rsid w:val="004D2E88"/>
+    <w:rsid w:val="004D2F43"/>
+    <w:rsid w:val="004D3CDF"/>
     <w:rsid w:val="004D4879"/>
+    <w:rsid w:val="004D4D98"/>
+    <w:rsid w:val="004D7616"/>
     <w:rsid w:val="004D7F65"/>
     <w:rsid w:val="004E060F"/>
+    <w:rsid w:val="004E16C2"/>
+    <w:rsid w:val="004E2BAD"/>
     <w:rsid w:val="004E42FD"/>
+    <w:rsid w:val="004E50EA"/>
+    <w:rsid w:val="004F1425"/>
     <w:rsid w:val="004F1A6F"/>
+    <w:rsid w:val="004F3725"/>
     <w:rsid w:val="004F3D16"/>
+    <w:rsid w:val="004F45B0"/>
+    <w:rsid w:val="004F5617"/>
     <w:rsid w:val="004F62D7"/>
+    <w:rsid w:val="004F6346"/>
     <w:rsid w:val="004F6AAB"/>
+    <w:rsid w:val="004F6EB9"/>
+    <w:rsid w:val="004F72FC"/>
+    <w:rsid w:val="005005C6"/>
+    <w:rsid w:val="00500FFB"/>
+    <w:rsid w:val="00502130"/>
     <w:rsid w:val="005029DC"/>
     <w:rsid w:val="005040E3"/>
+    <w:rsid w:val="005050E9"/>
     <w:rsid w:val="0051109E"/>
+    <w:rsid w:val="00512575"/>
+    <w:rsid w:val="00512F36"/>
     <w:rsid w:val="00514A54"/>
+    <w:rsid w:val="00515E27"/>
+    <w:rsid w:val="005164C9"/>
+    <w:rsid w:val="00520161"/>
+    <w:rsid w:val="0052091D"/>
+    <w:rsid w:val="00521682"/>
+    <w:rsid w:val="00522550"/>
+    <w:rsid w:val="00523119"/>
+    <w:rsid w:val="00523B4F"/>
     <w:rsid w:val="00524343"/>
+    <w:rsid w:val="00524503"/>
+    <w:rsid w:val="00527BC6"/>
     <w:rsid w:val="00530EF1"/>
+    <w:rsid w:val="00534E33"/>
+    <w:rsid w:val="00535B8E"/>
+    <w:rsid w:val="005372F1"/>
     <w:rsid w:val="00537E01"/>
+    <w:rsid w:val="00540848"/>
+    <w:rsid w:val="00541A6E"/>
+    <w:rsid w:val="00547626"/>
     <w:rsid w:val="00547D31"/>
     <w:rsid w:val="00550342"/>
+    <w:rsid w:val="00552193"/>
+    <w:rsid w:val="00552C9B"/>
+    <w:rsid w:val="00552CDA"/>
+    <w:rsid w:val="00553D81"/>
+    <w:rsid w:val="00554174"/>
+    <w:rsid w:val="00554CF2"/>
+    <w:rsid w:val="00554F80"/>
+    <w:rsid w:val="005552D9"/>
+    <w:rsid w:val="00555D2E"/>
+    <w:rsid w:val="00556891"/>
     <w:rsid w:val="00557525"/>
+    <w:rsid w:val="00557AB7"/>
+    <w:rsid w:val="0056005E"/>
     <w:rsid w:val="00560756"/>
+    <w:rsid w:val="00560D8B"/>
+    <w:rsid w:val="00564EF3"/>
+    <w:rsid w:val="00565643"/>
+    <w:rsid w:val="0056576D"/>
+    <w:rsid w:val="00566946"/>
+    <w:rsid w:val="00566CFD"/>
+    <w:rsid w:val="005672C2"/>
+    <w:rsid w:val="0056753A"/>
+    <w:rsid w:val="0057396C"/>
+    <w:rsid w:val="00574E07"/>
+    <w:rsid w:val="0057561E"/>
+    <w:rsid w:val="005772FD"/>
+    <w:rsid w:val="0058121A"/>
+    <w:rsid w:val="0058299B"/>
+    <w:rsid w:val="00582D95"/>
+    <w:rsid w:val="00582EF0"/>
+    <w:rsid w:val="0058339C"/>
+    <w:rsid w:val="00583769"/>
+    <w:rsid w:val="0058405B"/>
     <w:rsid w:val="005857F5"/>
+    <w:rsid w:val="00585ADA"/>
+    <w:rsid w:val="00586814"/>
     <w:rsid w:val="00586C54"/>
+    <w:rsid w:val="00587504"/>
+    <w:rsid w:val="00587B59"/>
+    <w:rsid w:val="005905D1"/>
+    <w:rsid w:val="00590968"/>
+    <w:rsid w:val="00590BAC"/>
+    <w:rsid w:val="00592580"/>
     <w:rsid w:val="00592A1B"/>
     <w:rsid w:val="00593A8D"/>
     <w:rsid w:val="00593CA3"/>
     <w:rsid w:val="00595EB7"/>
+    <w:rsid w:val="00596313"/>
+    <w:rsid w:val="00596DA1"/>
+    <w:rsid w:val="00596FAD"/>
+    <w:rsid w:val="005A02EA"/>
+    <w:rsid w:val="005A0972"/>
+    <w:rsid w:val="005A162C"/>
+    <w:rsid w:val="005A2128"/>
+    <w:rsid w:val="005A2285"/>
     <w:rsid w:val="005A2804"/>
+    <w:rsid w:val="005A3A6A"/>
+    <w:rsid w:val="005A48FC"/>
+    <w:rsid w:val="005A73AA"/>
+    <w:rsid w:val="005B0D7A"/>
+    <w:rsid w:val="005B1299"/>
+    <w:rsid w:val="005B159C"/>
     <w:rsid w:val="005B1A0A"/>
+    <w:rsid w:val="005B2E4F"/>
+    <w:rsid w:val="005B3CDC"/>
+    <w:rsid w:val="005B6BDC"/>
+    <w:rsid w:val="005B6D60"/>
     <w:rsid w:val="005C08EA"/>
+    <w:rsid w:val="005C1915"/>
+    <w:rsid w:val="005C2F45"/>
     <w:rsid w:val="005C3CAC"/>
+    <w:rsid w:val="005C40C3"/>
     <w:rsid w:val="005C4F0F"/>
     <w:rsid w:val="005C5F7D"/>
+    <w:rsid w:val="005C6374"/>
+    <w:rsid w:val="005C7D45"/>
+    <w:rsid w:val="005D02F3"/>
+    <w:rsid w:val="005D113F"/>
+    <w:rsid w:val="005D2740"/>
+    <w:rsid w:val="005D3529"/>
+    <w:rsid w:val="005D3F97"/>
+    <w:rsid w:val="005D42EC"/>
     <w:rsid w:val="005D4B4F"/>
+    <w:rsid w:val="005D56A3"/>
+    <w:rsid w:val="005D5736"/>
+    <w:rsid w:val="005D63ED"/>
     <w:rsid w:val="005D6B92"/>
+    <w:rsid w:val="005E0134"/>
+    <w:rsid w:val="005E07C7"/>
+    <w:rsid w:val="005E1F3B"/>
+    <w:rsid w:val="005E2039"/>
     <w:rsid w:val="005E239B"/>
+    <w:rsid w:val="005E3143"/>
+    <w:rsid w:val="005E7C87"/>
+    <w:rsid w:val="005F098A"/>
+    <w:rsid w:val="005F2A64"/>
     <w:rsid w:val="005F33E8"/>
     <w:rsid w:val="005F54B2"/>
     <w:rsid w:val="005F647E"/>
+    <w:rsid w:val="005F6511"/>
+    <w:rsid w:val="005F6F2D"/>
     <w:rsid w:val="00600E89"/>
+    <w:rsid w:val="00603476"/>
+    <w:rsid w:val="00603489"/>
     <w:rsid w:val="006053A7"/>
+    <w:rsid w:val="00605EC2"/>
     <w:rsid w:val="0060609B"/>
+    <w:rsid w:val="006075A0"/>
+    <w:rsid w:val="006100B4"/>
+    <w:rsid w:val="00610390"/>
+    <w:rsid w:val="00610F14"/>
+    <w:rsid w:val="00611EE9"/>
+    <w:rsid w:val="006137E4"/>
+    <w:rsid w:val="006142E7"/>
+    <w:rsid w:val="00614E34"/>
+    <w:rsid w:val="00617EEA"/>
+    <w:rsid w:val="00620025"/>
     <w:rsid w:val="00621F2E"/>
+    <w:rsid w:val="00622CC4"/>
     <w:rsid w:val="00624594"/>
+    <w:rsid w:val="00625913"/>
     <w:rsid w:val="0062662D"/>
+    <w:rsid w:val="00626C41"/>
+    <w:rsid w:val="00627E7D"/>
+    <w:rsid w:val="006310EE"/>
+    <w:rsid w:val="0063278A"/>
+    <w:rsid w:val="00633900"/>
+    <w:rsid w:val="0063625D"/>
+    <w:rsid w:val="00637ECB"/>
+    <w:rsid w:val="00637F59"/>
     <w:rsid w:val="0064283E"/>
+    <w:rsid w:val="00642C84"/>
     <w:rsid w:val="00642D9E"/>
+    <w:rsid w:val="00642E1E"/>
+    <w:rsid w:val="0064390F"/>
+    <w:rsid w:val="00645369"/>
+    <w:rsid w:val="00647896"/>
+    <w:rsid w:val="00651736"/>
+    <w:rsid w:val="00652EAA"/>
+    <w:rsid w:val="00653611"/>
+    <w:rsid w:val="00654190"/>
+    <w:rsid w:val="00654A61"/>
     <w:rsid w:val="00654B27"/>
+    <w:rsid w:val="00654F66"/>
+    <w:rsid w:val="0065516B"/>
+    <w:rsid w:val="00655401"/>
+    <w:rsid w:val="00657C19"/>
+    <w:rsid w:val="0066086D"/>
+    <w:rsid w:val="0066275D"/>
+    <w:rsid w:val="0066315E"/>
+    <w:rsid w:val="0066453B"/>
+    <w:rsid w:val="006647AE"/>
+    <w:rsid w:val="006671A6"/>
     <w:rsid w:val="00667D7B"/>
+    <w:rsid w:val="00673794"/>
+    <w:rsid w:val="00673993"/>
+    <w:rsid w:val="0067426D"/>
+    <w:rsid w:val="006752C6"/>
+    <w:rsid w:val="00675832"/>
+    <w:rsid w:val="00675893"/>
+    <w:rsid w:val="00681C61"/>
+    <w:rsid w:val="006823A7"/>
+    <w:rsid w:val="006869FC"/>
+    <w:rsid w:val="00690AE3"/>
     <w:rsid w:val="0069281F"/>
     <w:rsid w:val="00694574"/>
     <w:rsid w:val="00695D44"/>
+    <w:rsid w:val="006965E8"/>
+    <w:rsid w:val="006A300F"/>
+    <w:rsid w:val="006A42A6"/>
+    <w:rsid w:val="006A649C"/>
+    <w:rsid w:val="006A66FE"/>
     <w:rsid w:val="006A6F95"/>
+    <w:rsid w:val="006A723D"/>
+    <w:rsid w:val="006B06E9"/>
+    <w:rsid w:val="006B1295"/>
+    <w:rsid w:val="006B28E1"/>
+    <w:rsid w:val="006B298A"/>
+    <w:rsid w:val="006B405A"/>
+    <w:rsid w:val="006B4237"/>
+    <w:rsid w:val="006B4583"/>
+    <w:rsid w:val="006B5425"/>
+    <w:rsid w:val="006B64D1"/>
+    <w:rsid w:val="006B66B1"/>
+    <w:rsid w:val="006C0B10"/>
+    <w:rsid w:val="006C0F12"/>
     <w:rsid w:val="006C209B"/>
+    <w:rsid w:val="006C6A44"/>
+    <w:rsid w:val="006C74AE"/>
     <w:rsid w:val="006C7664"/>
     <w:rsid w:val="006C784B"/>
+    <w:rsid w:val="006D12F3"/>
+    <w:rsid w:val="006D176B"/>
+    <w:rsid w:val="006D1E62"/>
+    <w:rsid w:val="006D241C"/>
+    <w:rsid w:val="006D2C94"/>
+    <w:rsid w:val="006D4A6A"/>
+    <w:rsid w:val="006D4B7E"/>
+    <w:rsid w:val="006D4C6B"/>
+    <w:rsid w:val="006D6239"/>
+    <w:rsid w:val="006D7308"/>
+    <w:rsid w:val="006E1E4F"/>
+    <w:rsid w:val="006E1F6A"/>
     <w:rsid w:val="006E225A"/>
     <w:rsid w:val="006E73A9"/>
+    <w:rsid w:val="006F0670"/>
+    <w:rsid w:val="006F0778"/>
+    <w:rsid w:val="006F0808"/>
+    <w:rsid w:val="006F1E8E"/>
+    <w:rsid w:val="006F24AA"/>
+    <w:rsid w:val="006F31AC"/>
+    <w:rsid w:val="006F3B16"/>
     <w:rsid w:val="006F3BFE"/>
+    <w:rsid w:val="006F3FB2"/>
+    <w:rsid w:val="006F4E53"/>
+    <w:rsid w:val="006F642E"/>
     <w:rsid w:val="006F6699"/>
+    <w:rsid w:val="006F7B92"/>
+    <w:rsid w:val="00700F8C"/>
+    <w:rsid w:val="00701084"/>
+    <w:rsid w:val="007010F1"/>
+    <w:rsid w:val="0070231A"/>
+    <w:rsid w:val="007035AD"/>
+    <w:rsid w:val="007065EC"/>
     <w:rsid w:val="0070671B"/>
+    <w:rsid w:val="007078E4"/>
+    <w:rsid w:val="00707DE2"/>
+    <w:rsid w:val="00710CFF"/>
+    <w:rsid w:val="00711B7F"/>
+    <w:rsid w:val="00711F01"/>
+    <w:rsid w:val="00714931"/>
+    <w:rsid w:val="00716090"/>
+    <w:rsid w:val="0071611C"/>
+    <w:rsid w:val="00720D5E"/>
+    <w:rsid w:val="00722311"/>
+    <w:rsid w:val="00722F0F"/>
+    <w:rsid w:val="007231E4"/>
     <w:rsid w:val="0072407F"/>
+    <w:rsid w:val="00724885"/>
     <w:rsid w:val="007252FF"/>
+    <w:rsid w:val="0072545B"/>
     <w:rsid w:val="00726FF9"/>
+    <w:rsid w:val="00732413"/>
+    <w:rsid w:val="00733515"/>
+    <w:rsid w:val="0073499C"/>
+    <w:rsid w:val="00735711"/>
     <w:rsid w:val="007363D3"/>
+    <w:rsid w:val="0073781E"/>
     <w:rsid w:val="007413BD"/>
+    <w:rsid w:val="00741418"/>
+    <w:rsid w:val="00741D18"/>
+    <w:rsid w:val="00743AD5"/>
+    <w:rsid w:val="007445D2"/>
+    <w:rsid w:val="00744910"/>
+    <w:rsid w:val="00744AE8"/>
+    <w:rsid w:val="007455E0"/>
+    <w:rsid w:val="00746450"/>
+    <w:rsid w:val="00746972"/>
     <w:rsid w:val="00747303"/>
     <w:rsid w:val="00747D51"/>
+    <w:rsid w:val="00750612"/>
+    <w:rsid w:val="007507B6"/>
+    <w:rsid w:val="00750F87"/>
+    <w:rsid w:val="0075163F"/>
     <w:rsid w:val="0075268F"/>
+    <w:rsid w:val="00752D27"/>
+    <w:rsid w:val="007532E8"/>
     <w:rsid w:val="00754FCA"/>
+    <w:rsid w:val="00757E25"/>
+    <w:rsid w:val="00761E94"/>
+    <w:rsid w:val="007635AA"/>
     <w:rsid w:val="00763977"/>
+    <w:rsid w:val="00763DEC"/>
+    <w:rsid w:val="00764454"/>
+    <w:rsid w:val="00764734"/>
+    <w:rsid w:val="00766286"/>
+    <w:rsid w:val="007679C7"/>
+    <w:rsid w:val="00772611"/>
     <w:rsid w:val="00773120"/>
     <w:rsid w:val="00774724"/>
+    <w:rsid w:val="00774CF2"/>
+    <w:rsid w:val="007752D7"/>
+    <w:rsid w:val="00776B1A"/>
+    <w:rsid w:val="00777687"/>
     <w:rsid w:val="00780C0B"/>
+    <w:rsid w:val="00781BDD"/>
+    <w:rsid w:val="00783CCF"/>
+    <w:rsid w:val="00785906"/>
+    <w:rsid w:val="007867FA"/>
     <w:rsid w:val="007869FB"/>
+    <w:rsid w:val="0079073D"/>
+    <w:rsid w:val="007921E2"/>
+    <w:rsid w:val="00792607"/>
+    <w:rsid w:val="0079285C"/>
+    <w:rsid w:val="007930A2"/>
+    <w:rsid w:val="00793429"/>
+    <w:rsid w:val="00793D19"/>
+    <w:rsid w:val="00794333"/>
+    <w:rsid w:val="00794855"/>
+    <w:rsid w:val="00795731"/>
+    <w:rsid w:val="007958CD"/>
+    <w:rsid w:val="00797600"/>
+    <w:rsid w:val="007A0F93"/>
+    <w:rsid w:val="007A1611"/>
     <w:rsid w:val="007A1C1D"/>
+    <w:rsid w:val="007A4354"/>
+    <w:rsid w:val="007A502B"/>
+    <w:rsid w:val="007A559C"/>
+    <w:rsid w:val="007A5E43"/>
+    <w:rsid w:val="007B1E03"/>
+    <w:rsid w:val="007B2010"/>
+    <w:rsid w:val="007B22A5"/>
+    <w:rsid w:val="007B4A4E"/>
+    <w:rsid w:val="007B63DD"/>
+    <w:rsid w:val="007B7179"/>
+    <w:rsid w:val="007B76E6"/>
+    <w:rsid w:val="007C0236"/>
     <w:rsid w:val="007C0296"/>
+    <w:rsid w:val="007C0854"/>
     <w:rsid w:val="007C10CB"/>
     <w:rsid w:val="007C11CD"/>
     <w:rsid w:val="007C2649"/>
     <w:rsid w:val="007C2EDD"/>
+    <w:rsid w:val="007C456C"/>
+    <w:rsid w:val="007C61C5"/>
+    <w:rsid w:val="007C717B"/>
+    <w:rsid w:val="007C72F0"/>
+    <w:rsid w:val="007C78D2"/>
+    <w:rsid w:val="007C7C9F"/>
     <w:rsid w:val="007D1F57"/>
+    <w:rsid w:val="007D2078"/>
+    <w:rsid w:val="007D29E1"/>
+    <w:rsid w:val="007D3BAD"/>
+    <w:rsid w:val="007D6289"/>
+    <w:rsid w:val="007D647D"/>
     <w:rsid w:val="007D6FD2"/>
+    <w:rsid w:val="007E02B8"/>
+    <w:rsid w:val="007E3553"/>
+    <w:rsid w:val="007E542D"/>
     <w:rsid w:val="007E5F6B"/>
+    <w:rsid w:val="007E6F43"/>
     <w:rsid w:val="007E77CD"/>
+    <w:rsid w:val="007F0B30"/>
     <w:rsid w:val="007F15C9"/>
+    <w:rsid w:val="007F1B55"/>
+    <w:rsid w:val="007F1E93"/>
+    <w:rsid w:val="007F2913"/>
     <w:rsid w:val="007F33F3"/>
+    <w:rsid w:val="007F6E38"/>
+    <w:rsid w:val="007F77EA"/>
     <w:rsid w:val="0080083C"/>
+    <w:rsid w:val="008010D4"/>
+    <w:rsid w:val="0080230B"/>
+    <w:rsid w:val="008025E9"/>
+    <w:rsid w:val="0080565B"/>
+    <w:rsid w:val="00805F1D"/>
     <w:rsid w:val="008063EE"/>
+    <w:rsid w:val="00806905"/>
+    <w:rsid w:val="00806A7C"/>
+    <w:rsid w:val="00815F47"/>
+    <w:rsid w:val="0081786C"/>
+    <w:rsid w:val="00820207"/>
     <w:rsid w:val="00820AE4"/>
     <w:rsid w:val="00827531"/>
+    <w:rsid w:val="008303A6"/>
     <w:rsid w:val="008318C2"/>
     <w:rsid w:val="00831D67"/>
+    <w:rsid w:val="0083284F"/>
     <w:rsid w:val="008331CD"/>
+    <w:rsid w:val="00835037"/>
     <w:rsid w:val="00835150"/>
+    <w:rsid w:val="00836049"/>
+    <w:rsid w:val="0083645E"/>
+    <w:rsid w:val="00836A83"/>
+    <w:rsid w:val="00837E81"/>
+    <w:rsid w:val="00842F0F"/>
+    <w:rsid w:val="008431A3"/>
+    <w:rsid w:val="00843C89"/>
+    <w:rsid w:val="00844787"/>
+    <w:rsid w:val="00844F60"/>
+    <w:rsid w:val="00845FB7"/>
+    <w:rsid w:val="00850A0C"/>
+    <w:rsid w:val="00850E73"/>
+    <w:rsid w:val="00850F8F"/>
+    <w:rsid w:val="00851B62"/>
     <w:rsid w:val="0085311A"/>
+    <w:rsid w:val="00853EF8"/>
+    <w:rsid w:val="00854732"/>
     <w:rsid w:val="008571DB"/>
+    <w:rsid w:val="0085744E"/>
+    <w:rsid w:val="00857576"/>
+    <w:rsid w:val="0085757C"/>
+    <w:rsid w:val="008602AE"/>
     <w:rsid w:val="00861A70"/>
+    <w:rsid w:val="008627CC"/>
+    <w:rsid w:val="00862BB1"/>
     <w:rsid w:val="00864F66"/>
     <w:rsid w:val="00867D63"/>
+    <w:rsid w:val="00870158"/>
+    <w:rsid w:val="00870B14"/>
     <w:rsid w:val="00870E4C"/>
+    <w:rsid w:val="008721C4"/>
     <w:rsid w:val="00873E5D"/>
+    <w:rsid w:val="00875454"/>
     <w:rsid w:val="00875E17"/>
     <w:rsid w:val="00876995"/>
+    <w:rsid w:val="00877754"/>
     <w:rsid w:val="00880540"/>
     <w:rsid w:val="00881AB4"/>
+    <w:rsid w:val="00881D1F"/>
+    <w:rsid w:val="00882A8B"/>
+    <w:rsid w:val="00882AB8"/>
     <w:rsid w:val="0088375E"/>
+    <w:rsid w:val="00883B27"/>
+    <w:rsid w:val="00884713"/>
+    <w:rsid w:val="00885437"/>
+    <w:rsid w:val="008867BF"/>
+    <w:rsid w:val="00890439"/>
+    <w:rsid w:val="008911E9"/>
     <w:rsid w:val="0089581B"/>
     <w:rsid w:val="0089598C"/>
+    <w:rsid w:val="00895A90"/>
+    <w:rsid w:val="00896A27"/>
     <w:rsid w:val="008A0CE7"/>
     <w:rsid w:val="008A25DD"/>
+    <w:rsid w:val="008A43C7"/>
+    <w:rsid w:val="008A4759"/>
+    <w:rsid w:val="008A55B2"/>
+    <w:rsid w:val="008A55E9"/>
     <w:rsid w:val="008A61AD"/>
+    <w:rsid w:val="008A6864"/>
+    <w:rsid w:val="008A7AAA"/>
+    <w:rsid w:val="008B537C"/>
+    <w:rsid w:val="008B6165"/>
     <w:rsid w:val="008B62B2"/>
+    <w:rsid w:val="008B634A"/>
     <w:rsid w:val="008B6359"/>
     <w:rsid w:val="008B7661"/>
+    <w:rsid w:val="008C070D"/>
     <w:rsid w:val="008C179B"/>
+    <w:rsid w:val="008C28C6"/>
+    <w:rsid w:val="008C2972"/>
+    <w:rsid w:val="008C3815"/>
+    <w:rsid w:val="008C3B46"/>
+    <w:rsid w:val="008C533D"/>
     <w:rsid w:val="008C5869"/>
+    <w:rsid w:val="008C6320"/>
     <w:rsid w:val="008C66C9"/>
+    <w:rsid w:val="008D3B68"/>
     <w:rsid w:val="008D58CC"/>
     <w:rsid w:val="008D5D64"/>
     <w:rsid w:val="008D5F61"/>
+    <w:rsid w:val="008E0DEB"/>
     <w:rsid w:val="008E2472"/>
+    <w:rsid w:val="008E2699"/>
+    <w:rsid w:val="008E2D28"/>
+    <w:rsid w:val="008E36AA"/>
+    <w:rsid w:val="008E63AC"/>
+    <w:rsid w:val="008E7EB5"/>
+    <w:rsid w:val="008F04D7"/>
+    <w:rsid w:val="008F2663"/>
     <w:rsid w:val="008F38C8"/>
+    <w:rsid w:val="008F39E8"/>
     <w:rsid w:val="008F41B2"/>
+    <w:rsid w:val="008F5408"/>
+    <w:rsid w:val="008F7D5F"/>
     <w:rsid w:val="00903817"/>
+    <w:rsid w:val="0090638A"/>
+    <w:rsid w:val="00906A6B"/>
+    <w:rsid w:val="00910679"/>
+    <w:rsid w:val="00911538"/>
     <w:rsid w:val="009123C1"/>
+    <w:rsid w:val="00912B79"/>
+    <w:rsid w:val="00915B2F"/>
+    <w:rsid w:val="00916520"/>
+    <w:rsid w:val="00916B07"/>
     <w:rsid w:val="00920D03"/>
+    <w:rsid w:val="0092188E"/>
     <w:rsid w:val="00922E69"/>
+    <w:rsid w:val="009245F6"/>
     <w:rsid w:val="00924E70"/>
     <w:rsid w:val="009258D1"/>
+    <w:rsid w:val="00925941"/>
+    <w:rsid w:val="00925B75"/>
+    <w:rsid w:val="00926E64"/>
+    <w:rsid w:val="009273DB"/>
+    <w:rsid w:val="00931E6C"/>
+    <w:rsid w:val="009336BD"/>
+    <w:rsid w:val="00934C22"/>
+    <w:rsid w:val="00935EEA"/>
+    <w:rsid w:val="00936CE5"/>
+    <w:rsid w:val="00941E21"/>
+    <w:rsid w:val="009424BC"/>
     <w:rsid w:val="00942AFE"/>
+    <w:rsid w:val="00942E41"/>
     <w:rsid w:val="009433CC"/>
+    <w:rsid w:val="00944240"/>
+    <w:rsid w:val="00944275"/>
+    <w:rsid w:val="00945082"/>
+    <w:rsid w:val="00946212"/>
+    <w:rsid w:val="0094644F"/>
+    <w:rsid w:val="00947492"/>
+    <w:rsid w:val="00947C06"/>
+    <w:rsid w:val="0095170D"/>
+    <w:rsid w:val="00951F71"/>
+    <w:rsid w:val="00952AC7"/>
+    <w:rsid w:val="00957F1B"/>
+    <w:rsid w:val="009672EA"/>
+    <w:rsid w:val="00967831"/>
     <w:rsid w:val="00967BC3"/>
+    <w:rsid w:val="00970FC6"/>
+    <w:rsid w:val="00972570"/>
+    <w:rsid w:val="009758DC"/>
+    <w:rsid w:val="0097647D"/>
+    <w:rsid w:val="0097727A"/>
+    <w:rsid w:val="0098262A"/>
+    <w:rsid w:val="00983145"/>
     <w:rsid w:val="009852D2"/>
+    <w:rsid w:val="00985714"/>
     <w:rsid w:val="00985EC0"/>
     <w:rsid w:val="00985ED7"/>
+    <w:rsid w:val="00986C5C"/>
+    <w:rsid w:val="00986CFD"/>
     <w:rsid w:val="00991D74"/>
     <w:rsid w:val="009A228B"/>
+    <w:rsid w:val="009A2BEC"/>
+    <w:rsid w:val="009A2FE2"/>
+    <w:rsid w:val="009A3087"/>
+    <w:rsid w:val="009A3930"/>
+    <w:rsid w:val="009A3F9C"/>
+    <w:rsid w:val="009A486C"/>
+    <w:rsid w:val="009A48A1"/>
+    <w:rsid w:val="009A6FF3"/>
+    <w:rsid w:val="009A7B04"/>
+    <w:rsid w:val="009B377D"/>
+    <w:rsid w:val="009B453D"/>
+    <w:rsid w:val="009B45D2"/>
+    <w:rsid w:val="009B5439"/>
+    <w:rsid w:val="009B72B1"/>
+    <w:rsid w:val="009C238D"/>
     <w:rsid w:val="009C3385"/>
     <w:rsid w:val="009C35B3"/>
     <w:rsid w:val="009C3C59"/>
+    <w:rsid w:val="009C5CD0"/>
+    <w:rsid w:val="009C7B0A"/>
+    <w:rsid w:val="009D057F"/>
+    <w:rsid w:val="009D0A7B"/>
+    <w:rsid w:val="009D1A67"/>
+    <w:rsid w:val="009D1DE0"/>
+    <w:rsid w:val="009D20C2"/>
+    <w:rsid w:val="009D29E8"/>
+    <w:rsid w:val="009D2AA1"/>
+    <w:rsid w:val="009D4B96"/>
+    <w:rsid w:val="009D4C74"/>
+    <w:rsid w:val="009D5FAA"/>
     <w:rsid w:val="009D621C"/>
+    <w:rsid w:val="009D6765"/>
     <w:rsid w:val="009D6C98"/>
+    <w:rsid w:val="009D71DD"/>
+    <w:rsid w:val="009E038F"/>
+    <w:rsid w:val="009E1577"/>
+    <w:rsid w:val="009E29EE"/>
     <w:rsid w:val="009E3FF6"/>
+    <w:rsid w:val="009E4816"/>
     <w:rsid w:val="009E4831"/>
     <w:rsid w:val="009E5DE9"/>
+    <w:rsid w:val="009E61E3"/>
+    <w:rsid w:val="009E62A2"/>
+    <w:rsid w:val="009E670B"/>
+    <w:rsid w:val="009E6B0A"/>
+    <w:rsid w:val="009E6B20"/>
+    <w:rsid w:val="009E6EA8"/>
     <w:rsid w:val="009E7BE1"/>
     <w:rsid w:val="009F0065"/>
+    <w:rsid w:val="009F084C"/>
+    <w:rsid w:val="009F194C"/>
+    <w:rsid w:val="009F46EB"/>
+    <w:rsid w:val="00A00C3B"/>
+    <w:rsid w:val="00A02558"/>
+    <w:rsid w:val="00A02696"/>
+    <w:rsid w:val="00A02843"/>
+    <w:rsid w:val="00A0427B"/>
+    <w:rsid w:val="00A053C5"/>
     <w:rsid w:val="00A063FA"/>
+    <w:rsid w:val="00A07AC6"/>
+    <w:rsid w:val="00A10D67"/>
+    <w:rsid w:val="00A13E79"/>
+    <w:rsid w:val="00A148D0"/>
+    <w:rsid w:val="00A173C6"/>
+    <w:rsid w:val="00A17E77"/>
     <w:rsid w:val="00A20667"/>
     <w:rsid w:val="00A22491"/>
+    <w:rsid w:val="00A225FF"/>
+    <w:rsid w:val="00A22A67"/>
+    <w:rsid w:val="00A2304C"/>
+    <w:rsid w:val="00A23D02"/>
+    <w:rsid w:val="00A2478D"/>
+    <w:rsid w:val="00A24BD1"/>
+    <w:rsid w:val="00A24E7A"/>
+    <w:rsid w:val="00A278D9"/>
     <w:rsid w:val="00A30AB7"/>
+    <w:rsid w:val="00A30C84"/>
     <w:rsid w:val="00A31F18"/>
     <w:rsid w:val="00A32818"/>
     <w:rsid w:val="00A33D2C"/>
     <w:rsid w:val="00A35A04"/>
+    <w:rsid w:val="00A362E9"/>
+    <w:rsid w:val="00A364D9"/>
+    <w:rsid w:val="00A41D3B"/>
+    <w:rsid w:val="00A4269C"/>
     <w:rsid w:val="00A42C32"/>
+    <w:rsid w:val="00A431BC"/>
+    <w:rsid w:val="00A453E9"/>
+    <w:rsid w:val="00A4734C"/>
     <w:rsid w:val="00A47A99"/>
+    <w:rsid w:val="00A50791"/>
     <w:rsid w:val="00A528E2"/>
+    <w:rsid w:val="00A53A08"/>
+    <w:rsid w:val="00A53A42"/>
+    <w:rsid w:val="00A55357"/>
+    <w:rsid w:val="00A55A9D"/>
+    <w:rsid w:val="00A56229"/>
+    <w:rsid w:val="00A57B3E"/>
     <w:rsid w:val="00A6011B"/>
+    <w:rsid w:val="00A60167"/>
+    <w:rsid w:val="00A61CE0"/>
     <w:rsid w:val="00A61D2B"/>
+    <w:rsid w:val="00A6494E"/>
+    <w:rsid w:val="00A64C42"/>
+    <w:rsid w:val="00A65EDA"/>
+    <w:rsid w:val="00A66BC0"/>
+    <w:rsid w:val="00A66C64"/>
+    <w:rsid w:val="00A6707D"/>
+    <w:rsid w:val="00A67237"/>
+    <w:rsid w:val="00A67608"/>
     <w:rsid w:val="00A7044D"/>
+    <w:rsid w:val="00A72C27"/>
+    <w:rsid w:val="00A730AB"/>
+    <w:rsid w:val="00A7378C"/>
+    <w:rsid w:val="00A74327"/>
+    <w:rsid w:val="00A74692"/>
+    <w:rsid w:val="00A75297"/>
+    <w:rsid w:val="00A75AD7"/>
+    <w:rsid w:val="00A75F44"/>
+    <w:rsid w:val="00A763AD"/>
+    <w:rsid w:val="00A76DD1"/>
+    <w:rsid w:val="00A815FF"/>
+    <w:rsid w:val="00A8184D"/>
     <w:rsid w:val="00A8267D"/>
     <w:rsid w:val="00A8478C"/>
+    <w:rsid w:val="00A84C9C"/>
     <w:rsid w:val="00A862C0"/>
+    <w:rsid w:val="00A86E97"/>
+    <w:rsid w:val="00A90EBF"/>
+    <w:rsid w:val="00A91193"/>
     <w:rsid w:val="00A93398"/>
+    <w:rsid w:val="00A938F4"/>
+    <w:rsid w:val="00A93C5F"/>
+    <w:rsid w:val="00A960BD"/>
+    <w:rsid w:val="00A96CB6"/>
     <w:rsid w:val="00A97534"/>
     <w:rsid w:val="00AA4369"/>
+    <w:rsid w:val="00AA5228"/>
+    <w:rsid w:val="00AA5F7D"/>
+    <w:rsid w:val="00AA7F51"/>
     <w:rsid w:val="00AB0B20"/>
     <w:rsid w:val="00AB0D8C"/>
+    <w:rsid w:val="00AB4043"/>
+    <w:rsid w:val="00AB5548"/>
+    <w:rsid w:val="00AB6176"/>
+    <w:rsid w:val="00AB674D"/>
+    <w:rsid w:val="00AB7AC9"/>
     <w:rsid w:val="00AC0810"/>
     <w:rsid w:val="00AC2403"/>
     <w:rsid w:val="00AC5CEF"/>
+    <w:rsid w:val="00AC60FD"/>
+    <w:rsid w:val="00AD4401"/>
+    <w:rsid w:val="00AD470C"/>
+    <w:rsid w:val="00AD648E"/>
     <w:rsid w:val="00AD696A"/>
+    <w:rsid w:val="00AE0012"/>
+    <w:rsid w:val="00AE0B1E"/>
+    <w:rsid w:val="00AE0BCC"/>
+    <w:rsid w:val="00AE1039"/>
+    <w:rsid w:val="00AE1B3E"/>
+    <w:rsid w:val="00AE20E5"/>
     <w:rsid w:val="00AE28CC"/>
+    <w:rsid w:val="00AE4A25"/>
+    <w:rsid w:val="00AE4C98"/>
+    <w:rsid w:val="00AE4ED8"/>
+    <w:rsid w:val="00AE57AC"/>
     <w:rsid w:val="00AE59C1"/>
+    <w:rsid w:val="00AE5CA7"/>
+    <w:rsid w:val="00AE75FE"/>
+    <w:rsid w:val="00AF012A"/>
+    <w:rsid w:val="00AF225C"/>
+    <w:rsid w:val="00AF3755"/>
     <w:rsid w:val="00AF39B9"/>
+    <w:rsid w:val="00AF3F2E"/>
     <w:rsid w:val="00AF483D"/>
+    <w:rsid w:val="00AF5871"/>
+    <w:rsid w:val="00AF593A"/>
+    <w:rsid w:val="00AF79D2"/>
+    <w:rsid w:val="00B00F5B"/>
     <w:rsid w:val="00B01383"/>
+    <w:rsid w:val="00B01F4D"/>
+    <w:rsid w:val="00B03D87"/>
     <w:rsid w:val="00B049B9"/>
     <w:rsid w:val="00B0574C"/>
     <w:rsid w:val="00B05A33"/>
+    <w:rsid w:val="00B11146"/>
     <w:rsid w:val="00B1174E"/>
+    <w:rsid w:val="00B1456E"/>
+    <w:rsid w:val="00B15A1A"/>
     <w:rsid w:val="00B1673E"/>
+    <w:rsid w:val="00B16740"/>
+    <w:rsid w:val="00B20729"/>
+    <w:rsid w:val="00B20BC5"/>
+    <w:rsid w:val="00B223E4"/>
+    <w:rsid w:val="00B25608"/>
+    <w:rsid w:val="00B26B7D"/>
+    <w:rsid w:val="00B27543"/>
+    <w:rsid w:val="00B31B5A"/>
+    <w:rsid w:val="00B3377F"/>
+    <w:rsid w:val="00B33831"/>
+    <w:rsid w:val="00B3551E"/>
+    <w:rsid w:val="00B36207"/>
     <w:rsid w:val="00B375B6"/>
+    <w:rsid w:val="00B429A3"/>
     <w:rsid w:val="00B42A40"/>
+    <w:rsid w:val="00B42D5E"/>
+    <w:rsid w:val="00B42EE0"/>
+    <w:rsid w:val="00B43C93"/>
     <w:rsid w:val="00B4610B"/>
+    <w:rsid w:val="00B47277"/>
+    <w:rsid w:val="00B50AC8"/>
+    <w:rsid w:val="00B537E0"/>
+    <w:rsid w:val="00B563DA"/>
     <w:rsid w:val="00B570A7"/>
+    <w:rsid w:val="00B574CC"/>
+    <w:rsid w:val="00B62331"/>
     <w:rsid w:val="00B62CAF"/>
+    <w:rsid w:val="00B63123"/>
+    <w:rsid w:val="00B64C2E"/>
+    <w:rsid w:val="00B651F4"/>
+    <w:rsid w:val="00B65D29"/>
+    <w:rsid w:val="00B6644B"/>
+    <w:rsid w:val="00B67303"/>
+    <w:rsid w:val="00B67AC2"/>
     <w:rsid w:val="00B702DE"/>
+    <w:rsid w:val="00B71CC4"/>
+    <w:rsid w:val="00B72C85"/>
+    <w:rsid w:val="00B73C5E"/>
+    <w:rsid w:val="00B7506A"/>
+    <w:rsid w:val="00B76770"/>
+    <w:rsid w:val="00B76814"/>
+    <w:rsid w:val="00B8032A"/>
+    <w:rsid w:val="00B81DF1"/>
+    <w:rsid w:val="00B8313B"/>
+    <w:rsid w:val="00B83DDD"/>
+    <w:rsid w:val="00B84C37"/>
+    <w:rsid w:val="00B87AFD"/>
     <w:rsid w:val="00B9037A"/>
+    <w:rsid w:val="00B93E4B"/>
+    <w:rsid w:val="00B93F26"/>
+    <w:rsid w:val="00B950A4"/>
+    <w:rsid w:val="00B953C3"/>
     <w:rsid w:val="00B954A7"/>
+    <w:rsid w:val="00B962A8"/>
+    <w:rsid w:val="00B97FB6"/>
+    <w:rsid w:val="00BA0699"/>
+    <w:rsid w:val="00BA0BBD"/>
+    <w:rsid w:val="00BA2F61"/>
+    <w:rsid w:val="00BA37EF"/>
+    <w:rsid w:val="00BB10C9"/>
     <w:rsid w:val="00BB16F6"/>
+    <w:rsid w:val="00BB1918"/>
+    <w:rsid w:val="00BB253C"/>
+    <w:rsid w:val="00BB4022"/>
+    <w:rsid w:val="00BB64FC"/>
+    <w:rsid w:val="00BB677F"/>
+    <w:rsid w:val="00BB6E71"/>
+    <w:rsid w:val="00BC0850"/>
+    <w:rsid w:val="00BC1388"/>
+    <w:rsid w:val="00BC228D"/>
     <w:rsid w:val="00BC241F"/>
+    <w:rsid w:val="00BC2557"/>
+    <w:rsid w:val="00BC25B3"/>
     <w:rsid w:val="00BC3339"/>
+    <w:rsid w:val="00BC41D9"/>
+    <w:rsid w:val="00BC5C02"/>
+    <w:rsid w:val="00BD0AE4"/>
+    <w:rsid w:val="00BD1FE4"/>
+    <w:rsid w:val="00BD23CA"/>
+    <w:rsid w:val="00BD2CB9"/>
+    <w:rsid w:val="00BD3303"/>
+    <w:rsid w:val="00BD3E11"/>
+    <w:rsid w:val="00BD4315"/>
+    <w:rsid w:val="00BD4AB0"/>
+    <w:rsid w:val="00BD54F5"/>
+    <w:rsid w:val="00BD5B27"/>
+    <w:rsid w:val="00BD7FD5"/>
+    <w:rsid w:val="00BE17AE"/>
     <w:rsid w:val="00BE1EF9"/>
+    <w:rsid w:val="00BE3112"/>
     <w:rsid w:val="00BE4289"/>
+    <w:rsid w:val="00BE45AA"/>
+    <w:rsid w:val="00BE5A9E"/>
+    <w:rsid w:val="00BE7891"/>
+    <w:rsid w:val="00BF3371"/>
+    <w:rsid w:val="00BF62A3"/>
+    <w:rsid w:val="00BF6C8F"/>
+    <w:rsid w:val="00C010FB"/>
+    <w:rsid w:val="00C03992"/>
+    <w:rsid w:val="00C040D9"/>
+    <w:rsid w:val="00C07B0A"/>
+    <w:rsid w:val="00C07B65"/>
+    <w:rsid w:val="00C120E9"/>
     <w:rsid w:val="00C12DB0"/>
+    <w:rsid w:val="00C12DC8"/>
+    <w:rsid w:val="00C13B17"/>
     <w:rsid w:val="00C14A37"/>
+    <w:rsid w:val="00C154C8"/>
+    <w:rsid w:val="00C168F0"/>
+    <w:rsid w:val="00C169DD"/>
     <w:rsid w:val="00C17C1F"/>
     <w:rsid w:val="00C22367"/>
+    <w:rsid w:val="00C22D34"/>
+    <w:rsid w:val="00C22DCE"/>
+    <w:rsid w:val="00C24F66"/>
+    <w:rsid w:val="00C253B8"/>
     <w:rsid w:val="00C2569C"/>
+    <w:rsid w:val="00C2733C"/>
     <w:rsid w:val="00C27A4B"/>
     <w:rsid w:val="00C30550"/>
+    <w:rsid w:val="00C314F0"/>
+    <w:rsid w:val="00C326D3"/>
+    <w:rsid w:val="00C34BFD"/>
     <w:rsid w:val="00C37621"/>
+    <w:rsid w:val="00C37EB4"/>
     <w:rsid w:val="00C4012F"/>
+    <w:rsid w:val="00C429F1"/>
     <w:rsid w:val="00C43553"/>
+    <w:rsid w:val="00C43BD3"/>
+    <w:rsid w:val="00C45DC0"/>
     <w:rsid w:val="00C475FD"/>
+    <w:rsid w:val="00C50C08"/>
+    <w:rsid w:val="00C50E59"/>
+    <w:rsid w:val="00C51A49"/>
+    <w:rsid w:val="00C531FD"/>
+    <w:rsid w:val="00C54BC7"/>
+    <w:rsid w:val="00C5527E"/>
+    <w:rsid w:val="00C56A30"/>
+    <w:rsid w:val="00C57E38"/>
     <w:rsid w:val="00C607CB"/>
+    <w:rsid w:val="00C61389"/>
+    <w:rsid w:val="00C65062"/>
+    <w:rsid w:val="00C67E9E"/>
+    <w:rsid w:val="00C70996"/>
+    <w:rsid w:val="00C712B5"/>
     <w:rsid w:val="00C72AFE"/>
+    <w:rsid w:val="00C737F6"/>
+    <w:rsid w:val="00C757CB"/>
     <w:rsid w:val="00C83D51"/>
+    <w:rsid w:val="00C85242"/>
     <w:rsid w:val="00C858BF"/>
+    <w:rsid w:val="00C87AB1"/>
     <w:rsid w:val="00C903C5"/>
+    <w:rsid w:val="00C9122F"/>
     <w:rsid w:val="00C913EA"/>
+    <w:rsid w:val="00C9308A"/>
+    <w:rsid w:val="00C9634C"/>
     <w:rsid w:val="00C964BA"/>
+    <w:rsid w:val="00C97EFA"/>
+    <w:rsid w:val="00CA1430"/>
+    <w:rsid w:val="00CA18F2"/>
     <w:rsid w:val="00CA2092"/>
+    <w:rsid w:val="00CA3AD2"/>
+    <w:rsid w:val="00CA455A"/>
+    <w:rsid w:val="00CA4612"/>
+    <w:rsid w:val="00CA5044"/>
     <w:rsid w:val="00CA73E2"/>
+    <w:rsid w:val="00CB037A"/>
+    <w:rsid w:val="00CB0C26"/>
     <w:rsid w:val="00CB312F"/>
+    <w:rsid w:val="00CB44F8"/>
     <w:rsid w:val="00CB4587"/>
+    <w:rsid w:val="00CB56D1"/>
+    <w:rsid w:val="00CB5ECB"/>
     <w:rsid w:val="00CB61A1"/>
+    <w:rsid w:val="00CC0D1E"/>
+    <w:rsid w:val="00CC4D6B"/>
+    <w:rsid w:val="00CC7CB8"/>
+    <w:rsid w:val="00CD07B8"/>
+    <w:rsid w:val="00CD2BAD"/>
+    <w:rsid w:val="00CD3174"/>
+    <w:rsid w:val="00CD46A8"/>
+    <w:rsid w:val="00CD58DC"/>
+    <w:rsid w:val="00CD5D31"/>
+    <w:rsid w:val="00CD68B5"/>
+    <w:rsid w:val="00CD6FD4"/>
+    <w:rsid w:val="00CE41C4"/>
+    <w:rsid w:val="00CE6671"/>
+    <w:rsid w:val="00CE6A09"/>
+    <w:rsid w:val="00CE7974"/>
+    <w:rsid w:val="00CE7B93"/>
+    <w:rsid w:val="00CF5638"/>
+    <w:rsid w:val="00CF6540"/>
+    <w:rsid w:val="00CF69F9"/>
+    <w:rsid w:val="00CF6E21"/>
+    <w:rsid w:val="00D0067D"/>
+    <w:rsid w:val="00D0113C"/>
+    <w:rsid w:val="00D01D21"/>
+    <w:rsid w:val="00D053B4"/>
+    <w:rsid w:val="00D05E74"/>
     <w:rsid w:val="00D0606E"/>
+    <w:rsid w:val="00D1142C"/>
+    <w:rsid w:val="00D116B1"/>
+    <w:rsid w:val="00D117CA"/>
+    <w:rsid w:val="00D11C86"/>
+    <w:rsid w:val="00D1221D"/>
+    <w:rsid w:val="00D12C21"/>
+    <w:rsid w:val="00D158A0"/>
+    <w:rsid w:val="00D15B6F"/>
     <w:rsid w:val="00D178A9"/>
+    <w:rsid w:val="00D179C0"/>
+    <w:rsid w:val="00D20E0A"/>
+    <w:rsid w:val="00D234BB"/>
+    <w:rsid w:val="00D243B2"/>
+    <w:rsid w:val="00D24A12"/>
+    <w:rsid w:val="00D25723"/>
     <w:rsid w:val="00D260F4"/>
+    <w:rsid w:val="00D265D4"/>
+    <w:rsid w:val="00D31B95"/>
+    <w:rsid w:val="00D3238B"/>
+    <w:rsid w:val="00D325AC"/>
+    <w:rsid w:val="00D327AE"/>
     <w:rsid w:val="00D32A03"/>
+    <w:rsid w:val="00D3413C"/>
+    <w:rsid w:val="00D3469B"/>
+    <w:rsid w:val="00D34FA3"/>
+    <w:rsid w:val="00D4192D"/>
+    <w:rsid w:val="00D41A7E"/>
+    <w:rsid w:val="00D4206D"/>
+    <w:rsid w:val="00D42275"/>
+    <w:rsid w:val="00D42519"/>
+    <w:rsid w:val="00D42C39"/>
     <w:rsid w:val="00D42C63"/>
+    <w:rsid w:val="00D43B2B"/>
+    <w:rsid w:val="00D45781"/>
     <w:rsid w:val="00D457AF"/>
+    <w:rsid w:val="00D46AEA"/>
+    <w:rsid w:val="00D4723B"/>
+    <w:rsid w:val="00D512B5"/>
+    <w:rsid w:val="00D5376F"/>
+    <w:rsid w:val="00D5667A"/>
+    <w:rsid w:val="00D56B57"/>
+    <w:rsid w:val="00D60004"/>
+    <w:rsid w:val="00D6051A"/>
+    <w:rsid w:val="00D61A34"/>
+    <w:rsid w:val="00D625D7"/>
+    <w:rsid w:val="00D62F6F"/>
+    <w:rsid w:val="00D66045"/>
+    <w:rsid w:val="00D66C5F"/>
+    <w:rsid w:val="00D6710F"/>
+    <w:rsid w:val="00D673E7"/>
+    <w:rsid w:val="00D67778"/>
     <w:rsid w:val="00D67804"/>
+    <w:rsid w:val="00D67F77"/>
+    <w:rsid w:val="00D703CA"/>
+    <w:rsid w:val="00D7164E"/>
+    <w:rsid w:val="00D71E72"/>
+    <w:rsid w:val="00D728A5"/>
     <w:rsid w:val="00D750C7"/>
+    <w:rsid w:val="00D756A9"/>
+    <w:rsid w:val="00D75923"/>
+    <w:rsid w:val="00D76D99"/>
+    <w:rsid w:val="00D7744C"/>
     <w:rsid w:val="00D83D3F"/>
     <w:rsid w:val="00D84D79"/>
+    <w:rsid w:val="00D86E26"/>
+    <w:rsid w:val="00D8732B"/>
+    <w:rsid w:val="00D87A85"/>
+    <w:rsid w:val="00D90C3D"/>
+    <w:rsid w:val="00D920E5"/>
+    <w:rsid w:val="00D9371A"/>
+    <w:rsid w:val="00D937CD"/>
+    <w:rsid w:val="00D93A25"/>
+    <w:rsid w:val="00DA09E0"/>
+    <w:rsid w:val="00DA1961"/>
+    <w:rsid w:val="00DA2BD6"/>
+    <w:rsid w:val="00DA3681"/>
+    <w:rsid w:val="00DA3A2F"/>
+    <w:rsid w:val="00DA587D"/>
     <w:rsid w:val="00DA5BE3"/>
+    <w:rsid w:val="00DA639A"/>
+    <w:rsid w:val="00DA646C"/>
+    <w:rsid w:val="00DA6A54"/>
+    <w:rsid w:val="00DA7227"/>
+    <w:rsid w:val="00DA73AB"/>
+    <w:rsid w:val="00DB08AE"/>
     <w:rsid w:val="00DB0B2F"/>
+    <w:rsid w:val="00DB27B9"/>
+    <w:rsid w:val="00DB452D"/>
+    <w:rsid w:val="00DB5651"/>
+    <w:rsid w:val="00DC1257"/>
+    <w:rsid w:val="00DC344E"/>
+    <w:rsid w:val="00DC43B1"/>
+    <w:rsid w:val="00DC4600"/>
+    <w:rsid w:val="00DC4C8D"/>
+    <w:rsid w:val="00DC5B5E"/>
     <w:rsid w:val="00DC604B"/>
     <w:rsid w:val="00DD03B3"/>
+    <w:rsid w:val="00DD1348"/>
+    <w:rsid w:val="00DD3EB9"/>
+    <w:rsid w:val="00DD6B20"/>
+    <w:rsid w:val="00DD7246"/>
+    <w:rsid w:val="00DE07AC"/>
+    <w:rsid w:val="00DE1ED8"/>
+    <w:rsid w:val="00DE78C4"/>
     <w:rsid w:val="00DE7C06"/>
+    <w:rsid w:val="00DF0EA0"/>
+    <w:rsid w:val="00DF62C8"/>
+    <w:rsid w:val="00DF62D7"/>
+    <w:rsid w:val="00DF6EE5"/>
+    <w:rsid w:val="00DF6FAC"/>
     <w:rsid w:val="00DF7707"/>
+    <w:rsid w:val="00E00B0D"/>
+    <w:rsid w:val="00E01750"/>
+    <w:rsid w:val="00E01B1F"/>
+    <w:rsid w:val="00E01F62"/>
+    <w:rsid w:val="00E03A3F"/>
+    <w:rsid w:val="00E045C7"/>
+    <w:rsid w:val="00E0546F"/>
+    <w:rsid w:val="00E06504"/>
+    <w:rsid w:val="00E0723B"/>
+    <w:rsid w:val="00E07276"/>
+    <w:rsid w:val="00E07EB9"/>
+    <w:rsid w:val="00E118A9"/>
     <w:rsid w:val="00E124DE"/>
+    <w:rsid w:val="00E14E29"/>
+    <w:rsid w:val="00E17B40"/>
+    <w:rsid w:val="00E225A6"/>
     <w:rsid w:val="00E30772"/>
+    <w:rsid w:val="00E30942"/>
+    <w:rsid w:val="00E30D42"/>
+    <w:rsid w:val="00E3160D"/>
     <w:rsid w:val="00E31D94"/>
+    <w:rsid w:val="00E31E8D"/>
+    <w:rsid w:val="00E32CB8"/>
+    <w:rsid w:val="00E34E4A"/>
+    <w:rsid w:val="00E369F5"/>
+    <w:rsid w:val="00E36DEB"/>
     <w:rsid w:val="00E3700F"/>
+    <w:rsid w:val="00E4054C"/>
+    <w:rsid w:val="00E41AA9"/>
+    <w:rsid w:val="00E41E80"/>
+    <w:rsid w:val="00E432E3"/>
+    <w:rsid w:val="00E43B60"/>
     <w:rsid w:val="00E43E3B"/>
+    <w:rsid w:val="00E44B14"/>
+    <w:rsid w:val="00E44F47"/>
+    <w:rsid w:val="00E46147"/>
+    <w:rsid w:val="00E4619D"/>
+    <w:rsid w:val="00E467F6"/>
+    <w:rsid w:val="00E47212"/>
+    <w:rsid w:val="00E51801"/>
+    <w:rsid w:val="00E53605"/>
     <w:rsid w:val="00E5562C"/>
+    <w:rsid w:val="00E55DAE"/>
+    <w:rsid w:val="00E5687A"/>
+    <w:rsid w:val="00E6016E"/>
+    <w:rsid w:val="00E615DA"/>
+    <w:rsid w:val="00E6266C"/>
+    <w:rsid w:val="00E63E6E"/>
+    <w:rsid w:val="00E64F3B"/>
+    <w:rsid w:val="00E6536F"/>
+    <w:rsid w:val="00E66338"/>
     <w:rsid w:val="00E6728A"/>
+    <w:rsid w:val="00E72D2C"/>
+    <w:rsid w:val="00E72ED1"/>
     <w:rsid w:val="00E7380B"/>
+    <w:rsid w:val="00E74CA8"/>
+    <w:rsid w:val="00E76550"/>
+    <w:rsid w:val="00E7784E"/>
+    <w:rsid w:val="00E80829"/>
+    <w:rsid w:val="00E80C26"/>
+    <w:rsid w:val="00E80DCF"/>
+    <w:rsid w:val="00E81982"/>
+    <w:rsid w:val="00E83459"/>
+    <w:rsid w:val="00E834DB"/>
+    <w:rsid w:val="00E83617"/>
+    <w:rsid w:val="00E83F1F"/>
+    <w:rsid w:val="00E857D8"/>
+    <w:rsid w:val="00E86034"/>
+    <w:rsid w:val="00E93720"/>
     <w:rsid w:val="00E93A09"/>
+    <w:rsid w:val="00E950DD"/>
+    <w:rsid w:val="00E95619"/>
     <w:rsid w:val="00E95EF5"/>
     <w:rsid w:val="00E96956"/>
     <w:rsid w:val="00E9745C"/>
+    <w:rsid w:val="00EA02C3"/>
     <w:rsid w:val="00EA0878"/>
     <w:rsid w:val="00EA09CF"/>
+    <w:rsid w:val="00EA1440"/>
+    <w:rsid w:val="00EA1C02"/>
     <w:rsid w:val="00EA23E4"/>
+    <w:rsid w:val="00EA2761"/>
+    <w:rsid w:val="00EA2F36"/>
+    <w:rsid w:val="00EA53BB"/>
+    <w:rsid w:val="00EA6E12"/>
     <w:rsid w:val="00EA73B7"/>
+    <w:rsid w:val="00EB0E95"/>
+    <w:rsid w:val="00EB3025"/>
+    <w:rsid w:val="00EB6141"/>
+    <w:rsid w:val="00EB6F45"/>
+    <w:rsid w:val="00EB7C95"/>
+    <w:rsid w:val="00EC159A"/>
     <w:rsid w:val="00EC232F"/>
+    <w:rsid w:val="00EC3C65"/>
     <w:rsid w:val="00EC6EE2"/>
+    <w:rsid w:val="00EC6FBF"/>
+    <w:rsid w:val="00ED001B"/>
+    <w:rsid w:val="00ED021E"/>
     <w:rsid w:val="00ED09B3"/>
+    <w:rsid w:val="00ED0CFE"/>
+    <w:rsid w:val="00ED113B"/>
+    <w:rsid w:val="00ED3265"/>
+    <w:rsid w:val="00ED3B54"/>
     <w:rsid w:val="00ED553B"/>
+    <w:rsid w:val="00ED5AC3"/>
     <w:rsid w:val="00ED611F"/>
+    <w:rsid w:val="00ED62D0"/>
+    <w:rsid w:val="00EE05B3"/>
     <w:rsid w:val="00EE0E75"/>
+    <w:rsid w:val="00EE15F0"/>
+    <w:rsid w:val="00EE1B45"/>
+    <w:rsid w:val="00EE2293"/>
+    <w:rsid w:val="00EE2AF0"/>
+    <w:rsid w:val="00EE3102"/>
+    <w:rsid w:val="00EE4D3F"/>
+    <w:rsid w:val="00EE50FD"/>
+    <w:rsid w:val="00EE5E18"/>
+    <w:rsid w:val="00EE5EE7"/>
+    <w:rsid w:val="00EE6F44"/>
+    <w:rsid w:val="00EF19D1"/>
+    <w:rsid w:val="00EF29F3"/>
+    <w:rsid w:val="00EF3165"/>
+    <w:rsid w:val="00EF62C8"/>
+    <w:rsid w:val="00EF6AFA"/>
+    <w:rsid w:val="00EF6D1D"/>
+    <w:rsid w:val="00EF784C"/>
+    <w:rsid w:val="00F00FA1"/>
+    <w:rsid w:val="00F033C1"/>
+    <w:rsid w:val="00F04165"/>
+    <w:rsid w:val="00F06923"/>
+    <w:rsid w:val="00F07241"/>
+    <w:rsid w:val="00F108D3"/>
+    <w:rsid w:val="00F10FB2"/>
+    <w:rsid w:val="00F1158D"/>
+    <w:rsid w:val="00F11AC9"/>
+    <w:rsid w:val="00F12560"/>
     <w:rsid w:val="00F12A89"/>
     <w:rsid w:val="00F14666"/>
+    <w:rsid w:val="00F175B3"/>
     <w:rsid w:val="00F21639"/>
+    <w:rsid w:val="00F2203B"/>
     <w:rsid w:val="00F22B8B"/>
+    <w:rsid w:val="00F23113"/>
+    <w:rsid w:val="00F2506F"/>
+    <w:rsid w:val="00F25E84"/>
     <w:rsid w:val="00F26221"/>
     <w:rsid w:val="00F31506"/>
+    <w:rsid w:val="00F31CAD"/>
+    <w:rsid w:val="00F322D2"/>
+    <w:rsid w:val="00F351E5"/>
+    <w:rsid w:val="00F35387"/>
+    <w:rsid w:val="00F356ED"/>
+    <w:rsid w:val="00F40C0A"/>
+    <w:rsid w:val="00F41A2E"/>
+    <w:rsid w:val="00F426EB"/>
+    <w:rsid w:val="00F45060"/>
+    <w:rsid w:val="00F4651F"/>
     <w:rsid w:val="00F47199"/>
+    <w:rsid w:val="00F474E5"/>
     <w:rsid w:val="00F47845"/>
+    <w:rsid w:val="00F478AD"/>
+    <w:rsid w:val="00F502B1"/>
+    <w:rsid w:val="00F50E48"/>
+    <w:rsid w:val="00F516A5"/>
+    <w:rsid w:val="00F526BD"/>
+    <w:rsid w:val="00F54733"/>
+    <w:rsid w:val="00F54AB8"/>
+    <w:rsid w:val="00F55589"/>
     <w:rsid w:val="00F55810"/>
+    <w:rsid w:val="00F55BE0"/>
+    <w:rsid w:val="00F57B14"/>
+    <w:rsid w:val="00F63471"/>
+    <w:rsid w:val="00F65E61"/>
+    <w:rsid w:val="00F679EB"/>
     <w:rsid w:val="00F703AB"/>
+    <w:rsid w:val="00F70B4F"/>
+    <w:rsid w:val="00F71573"/>
+    <w:rsid w:val="00F715CE"/>
     <w:rsid w:val="00F73131"/>
+    <w:rsid w:val="00F73F5B"/>
+    <w:rsid w:val="00F74D23"/>
     <w:rsid w:val="00F76746"/>
+    <w:rsid w:val="00F768A6"/>
+    <w:rsid w:val="00F76AED"/>
+    <w:rsid w:val="00F77DCE"/>
+    <w:rsid w:val="00F805D3"/>
+    <w:rsid w:val="00F8151D"/>
+    <w:rsid w:val="00F8309B"/>
+    <w:rsid w:val="00F84056"/>
+    <w:rsid w:val="00F84630"/>
+    <w:rsid w:val="00F85149"/>
+    <w:rsid w:val="00F85C04"/>
+    <w:rsid w:val="00F86A94"/>
+    <w:rsid w:val="00F87BFE"/>
     <w:rsid w:val="00F87C2B"/>
+    <w:rsid w:val="00F92EF0"/>
     <w:rsid w:val="00F93998"/>
+    <w:rsid w:val="00F939A4"/>
+    <w:rsid w:val="00F93DA2"/>
+    <w:rsid w:val="00F9502A"/>
+    <w:rsid w:val="00F9529A"/>
+    <w:rsid w:val="00F952BC"/>
+    <w:rsid w:val="00F956F4"/>
+    <w:rsid w:val="00F95BC0"/>
     <w:rsid w:val="00F95F6C"/>
+    <w:rsid w:val="00F964E5"/>
+    <w:rsid w:val="00F96FDA"/>
+    <w:rsid w:val="00F97137"/>
+    <w:rsid w:val="00F979D9"/>
+    <w:rsid w:val="00FA0A38"/>
+    <w:rsid w:val="00FA17C1"/>
+    <w:rsid w:val="00FA19A1"/>
     <w:rsid w:val="00FA2499"/>
+    <w:rsid w:val="00FA27BF"/>
+    <w:rsid w:val="00FA3B74"/>
+    <w:rsid w:val="00FA42D5"/>
+    <w:rsid w:val="00FA5740"/>
     <w:rsid w:val="00FB1463"/>
+    <w:rsid w:val="00FB1BDD"/>
+    <w:rsid w:val="00FB4D05"/>
+    <w:rsid w:val="00FB5DDD"/>
+    <w:rsid w:val="00FB6346"/>
+    <w:rsid w:val="00FB6BE7"/>
+    <w:rsid w:val="00FB729A"/>
+    <w:rsid w:val="00FC0230"/>
+    <w:rsid w:val="00FC086D"/>
+    <w:rsid w:val="00FC168E"/>
+    <w:rsid w:val="00FC2151"/>
+    <w:rsid w:val="00FC28C3"/>
+    <w:rsid w:val="00FC3068"/>
+    <w:rsid w:val="00FC3748"/>
+    <w:rsid w:val="00FC766C"/>
+    <w:rsid w:val="00FC78B4"/>
+    <w:rsid w:val="00FC7B87"/>
+    <w:rsid w:val="00FC7D85"/>
+    <w:rsid w:val="00FD2D4A"/>
+    <w:rsid w:val="00FD383B"/>
+    <w:rsid w:val="00FD533A"/>
+    <w:rsid w:val="00FD717E"/>
+    <w:rsid w:val="00FD7AF2"/>
     <w:rsid w:val="00FD7BA1"/>
+    <w:rsid w:val="00FD7CD5"/>
+    <w:rsid w:val="00FE0091"/>
+    <w:rsid w:val="00FE0444"/>
     <w:rsid w:val="00FE1292"/>
+    <w:rsid w:val="00FE22C6"/>
+    <w:rsid w:val="00FE42E7"/>
+    <w:rsid w:val="00FE4E4E"/>
     <w:rsid w:val="00FE731D"/>
+    <w:rsid w:val="00FF1170"/>
+    <w:rsid w:val="00FF206E"/>
+    <w:rsid w:val="00FF3D40"/>
+    <w:rsid w:val="00FF5032"/>
+    <w:rsid w:val="00FF6397"/>
+    <w:rsid w:val="00FF72B7"/>
+    <w:rsid w:val="00FF75AC"/>
+    <w:rsid w:val="00FF77C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D85FC55A-3FD4-4FA1-B8CA-7EE7573E37D7}"/>
+  <w14:docId w14:val="1546BF8B"/>
+  <w15:docId w15:val="{E4033437-8FC3-40A9-854D-077C74DD4AF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8461,51 +6983,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8747,104 +7269,256 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E6728A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00595EB7"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C607CB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00C83D51"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00600E89"/>
     <w:rPr>
@@ -8858,57 +7532,397 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00763977"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="006E225A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B537E0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B537E0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="justalign-ind">
+    <w:name w:val="justalign-ind"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00890439"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c2">
+    <w:name w:val="c2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A74327"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c0">
+    <w:name w:val="c0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A74327"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB10C9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="texttitle1">
+    <w:name w:val="text_title1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005B0D7A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="text">
+    <w:name w:val="text"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005B0D7A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c1">
+    <w:name w:val="c1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00104346"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6968"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wp-block-jetpack-slideshowslide">
+    <w:name w:val="wp-block-jetpack-slideshow_slide"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0070231A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00566CFD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC3748"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00DA3A2F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="futurismarkdown-paragraph">
+    <w:name w:val="futurismarkdown-paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00196D51"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="docdata">
+    <w:name w:val="docdata"/>
+    <w:aliases w:val="docy,v5,3848,bqiaagaaeyqcaaagiaiaaanvdgaabx0oaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaa"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00637ECB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00596313"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00596313"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00596313"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00596313"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="translatable-message">
+    <w:name w:val="translatable-message"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="005B3CDC"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="32466888">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="48966746">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="306130537">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -8926,81 +7940,107 @@
           <w:divsChild>
             <w:div w:id="2077777217">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="360"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="dotted" w:sz="6" w:space="18" w:color="CCCCCC"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1132021548">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
+                    <w:div w:id="1551068459">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="240"/>
+                      <w:marBottom w:val="60"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="3" w:color="DDDDDD"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
                     <w:div w:id="1911965423">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1551068459">
-[...10 lines deleted...]
-                    </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="337124372">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="358168190">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="445853003">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="510411062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9145,116 +8185,207 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="701591948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="706218121">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="707031185">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="753402243">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="862590063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="888541842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="928545388">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="961308960">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="993676886">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1108156376">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1116952252">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1142424803">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1142966376">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1179125080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1191600615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9262,218 +8393,454 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1250655287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1316453686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1326280026">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1355418594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1411805816">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1875733434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1421559289">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1501119155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1524706692">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1559852578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1591624458">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1647933518">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1667974348">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1669362336">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1674338511">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="553468348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1805193720">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1896432482">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="727612314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1899855037">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1942637352">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1985623440">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2031953447">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2037580874">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2143572444">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.culture.ru/events/4737837/igrovaya-programma-v-gostyakh-u-ivana-kupala" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -9621,81 +8988,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B469655-D9C3-4064-BAE0-DA2A048CBE4B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6261DC76-A1FC-444A-9188-67755B2957F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>5226</Characters>
+  <Pages>6</Pages>
+  <Words>750</Words>
+  <Characters>4278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6130</CharactersWithSpaces>
+  <CharactersWithSpaces>5018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
   <dc:creator>Владимир Христофоров</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>